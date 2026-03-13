--- v0 (2026-01-20)
+++ v1 (2026-03-13)
@@ -51,387 +51,387 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/9/projeto-de-lei-do-executivo-033.2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/9/projeto-de-lei-do-executivo-033.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/10/projeto-de-lei-do-executivo-034.2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/10/projeto-de-lei-do-executivo-034.2017.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art.2º da Lei 02/95 e estabelece os critérios objetivos para a identificação do beneficiário do programa.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/11/projeto-035.2017-concede-abono-servidores-durante_QrSyR6r.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/11/projeto-035.2017-concede-abono-servidores-durante_QrSyR6r.pdf</t>
   </si>
   <si>
     <t>Autoriza o prefeito a conceder bônus de 100,00 aos servidores municipais, exclusivamente para o mês de dezembro de 2017.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-036.2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-036.2017.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3º da Lei Municipal nº 026/2009, de 11 de junho de 2009.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/13/projeto-037.2017-extingue-cargos-em-comissao-e-de_4Ylhpl3.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/13/projeto-037.2017-extingue-cargos-em-comissao-e-de_4Ylhpl3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a  extinção de cargos de provimento em comissão junto ao município de Planalto, define atribuição de cargos em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-do-executivo-041.2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-do-executivo-041.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a prefeitura do município de Planalto a receber, mediante repasse efetuado pelo Governo do estado de São Paulo, recursos financeiros a fundo perdido.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-do-executivo-042.2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-do-executivo-042.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a prefeitura do município de Planalto a receber, mediante repasse efetuado pelo governo do estado de São Paulo, recursos financeiros a fundo perdido.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-executivo-043.2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-executivo-043.2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL A CONCEDER BÔNUS DE R$ 100,00 NOS TICKETS ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, EXCLUSIVAMENTE PARA O MÊS DE DEZEMBRO DE 2017</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-executivo-044.2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-executivo-044.2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-complementar-006.2017-regime-servi_PnNTKR0.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-complementar-006.2017-regime-servi_PnNTKR0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o emprego público do município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/15/proj-lei-63-2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/15/proj-lei-63-2017.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO, PARA O_x000D_
 EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/17/proj-lei-74-2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/17/proj-lei-74-2017.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a redução da carga horária das assistentes sociais_x000D_
 para 30 horas semanais, para adequação à Lei Federal_x000D_
 12.317/2010.”</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/19/proj-lei-77-2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/19/proj-lei-77-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de um crédito adicional suplementar na_x000D_
 importância de até R$ 136.063,14 (cento trinta seis mil,_x000D_
 sessenta três reais catorze centavos).</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/20/proj-lei-78-2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/20/proj-lei-78-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de um crédito adicional especial na_x000D_
 importância de até R$ 49.250,00 (quarenta nove mil e_x000D_
 duzentos cinquenta reais).</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/21/proj-lei-79-2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/21/proj-lei-79-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Orçamentária Anual para o_x000D_
 Exercício de 2017, através de abertura de crédito adicional_x000D_
 suplementar na importância de até R$ 110.00,00 (cento e dez_x000D_
 mil reais).</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei complementar do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/22/proj-lei-80-2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/22/proj-lei-80-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Complementar nº 576/06 de 18 de_x000D_
 agosto de 2016, e dá outras providencias;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/1/ind-51-2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/1/ind-51-2017.pdf</t>
   </si>
   <si>
     <t>Essa Indicação visa proporcionar o recebimento individual significativo para cada servidor no final do ano.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/3/indica-o-052-luiz-carlos-euz-bio-amplia-o-da-rea-d_zl6Iff9.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/3/indica-o-052-luiz-carlos-euz-bio-amplia-o-da-rea-d_zl6Iff9.pdf</t>
   </si>
   <si>
     <t>INDICA  ao Exmo. Sr. Prefeito Municipal que que seja adquirida uma área anexa ao Cemitério Municipal para que seja realizada a ampliação do mesmo.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/4/indica-o-053-jos-roberto-de-godoy-e-outros-desvio-_PhLZe1W.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/4/indica-o-053-jos-roberto-de-godoy-e-outros-desvio-_PhLZe1W.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Senhor Prefeito Municipal, que que seja construído um desvio para caminhões de grande porte e canavieiros em nosso município.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/7/indica-o-054-erivan-ferreira-nunes-.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/7/indica-o-054-erivan-ferreira-nunes-.pdf</t>
   </si>
   <si>
     <t>Indica ao  Senhor Prefeito, que interceda junto à Empresa Brasileira de Correios e Telégrafos para que faça a entrega das correspondências do Conjunto Habitacional Deoclides Adriano de Oliveira, bem como, do Residencial Santa Terezinha.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Indica  ao Senhor Prefeito Municipal, que cobre a empresa responsável pela construção do Conjunto Habitacional Deoclides Adriano de Oliveira para que faça reparos no escoamento das águas paradas nas sarjetas em frente quase todas as residências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/8/indicacao-056-alessandro-de-falchi-bonfim.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/8/indicacao-056-alessandro-de-falchi-bonfim.pdf</t>
   </si>
   <si>
     <t>INDICA ao  Sr. Prefeito Municipal que Coloque Placas de Sinalização proibindo o tráfego de Caminhões Canavieiros nos acessos ao Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/14/indica-o-057-benedito-louren-o-moreira-desapropria-o.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/14/indica-o-057-benedito-louren-o-moreira-desapropria-o.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que promova a desapropriação amigável ou judicial do imóvel localizado na Avenida D. Pedro II esquina com a Rua Presciliano Pinto, próxima ao Jandaia Clube.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/23/indica-o-058-benedito-louren-o-moreira-plantar-ro_fFh9uVr.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/23/indica-o-058-benedito-louren-o-moreira-plantar-ro_fFh9uVr.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que resgate a tradição do nosso município no que tange à plantação de rosas na praça central, haja vista que nossa cidade é conhecida como cidade das rosas.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/24/indica-o-059-benedito-louren-o-moreira-dia-de-fol_3Jqvkgu.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/24/indica-o-059-benedito-louren-o-moreira-dia-de-fol_3Jqvkgu.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que que conceda aos Funcionários Públicos Municipais, um dia de folga remunerado no dia do seu aniversário, exceto quando a data do aniversário do servidor cair em dias de feriados ou  no final de semana.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/2/requerimento-008.2017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/2/requerimento-008.2017.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Excelentíssimo Prefeito Municipal, senhor Ademar Adriano de Oliveira,  informações referentes ao Programa de Doação de Materiais de Construção para famílias carentes de nosso município, constando cópias da lista das famílias atendidas, parecer social e materiais doados.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -738,68 +738,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/9/projeto-de-lei-do-executivo-033.2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/10/projeto-de-lei-do-executivo-034.2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/11/projeto-035.2017-concede-abono-servidores-durante_QrSyR6r.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-036.2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/13/projeto-037.2017-extingue-cargos-em-comissao-e-de_4Ylhpl3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-do-executivo-041.2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-do-executivo-042.2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-executivo-043.2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-executivo-044.2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-complementar-006.2017-regime-servi_PnNTKR0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/15/proj-lei-63-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/17/proj-lei-74-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/19/proj-lei-77-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/20/proj-lei-78-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/21/proj-lei-79-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/22/proj-lei-80-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/1/ind-51-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/3/indica-o-052-luiz-carlos-euz-bio-amplia-o-da-rea-d_zl6Iff9.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/4/indica-o-053-jos-roberto-de-godoy-e-outros-desvio-_PhLZe1W.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/7/indica-o-054-erivan-ferreira-nunes-.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/8/indicacao-056-alessandro-de-falchi-bonfim.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/14/indica-o-057-benedito-louren-o-moreira-desapropria-o.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/23/indica-o-058-benedito-louren-o-moreira-plantar-ro_fFh9uVr.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/24/indica-o-059-benedito-louren-o-moreira-dia-de-fol_3Jqvkgu.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/2/requerimento-008.2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/9/projeto-de-lei-do-executivo-033.2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/10/projeto-de-lei-do-executivo-034.2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/11/projeto-035.2017-concede-abono-servidores-durante_QrSyR6r.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-036.2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/13/projeto-037.2017-extingue-cargos-em-comissao-e-de_4Ylhpl3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/25/projeto-de-lei-do-executivo-041.2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/26/projeto-de-lei-do-executivo-042.2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-lei-executivo-043.2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/29/projeto-de-lei-executivo-044.2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/27/projeto-de-lei-complementar-006.2017-regime-servi_PnNTKR0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/15/proj-lei-63-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/17/proj-lei-74-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/19/proj-lei-77-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/20/proj-lei-78-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/21/proj-lei-79-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/22/proj-lei-80-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/1/ind-51-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/3/indica-o-052-luiz-carlos-euz-bio-amplia-o-da-rea-d_zl6Iff9.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/4/indica-o-053-jos-roberto-de-godoy-e-outros-desvio-_PhLZe1W.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/7/indica-o-054-erivan-ferreira-nunes-.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/8/indicacao-056-alessandro-de-falchi-bonfim.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/14/indica-o-057-benedito-louren-o-moreira-desapropria-o.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/23/indica-o-058-benedito-louren-o-moreira-plantar-ro_fFh9uVr.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/24/indica-o-059-benedito-louren-o-moreira-dia-de-fol_3Jqvkgu.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2017/2/requerimento-008.2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>