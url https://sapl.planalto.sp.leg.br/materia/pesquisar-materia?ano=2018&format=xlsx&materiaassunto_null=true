--- v0 (2025-12-01)
+++ v1 (2026-03-13)
@@ -51,827 +51,827 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/30/projeto-de-lei-do-executivo-001.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/30/projeto-de-lei-do-executivo-001.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de cestas básicas a família de baixa renda e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a doação de cimento, cal, areia, pedra, telha, madeira, tijolo, material elétrico, portas, janelas, vidro e materiais para encanamento a família de baixa renda e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/32/proj-lei-03-2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/32/proj-lei-03-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PLANALTO A_x000D_
 CONTRATAR COM A DESENVOLVE SP - AGÊNCIA DE_x000D_
 FOMENTO DO ESTADO DE SÃO PAULO, OPERAÇÕES_x000D_
 DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/33/projeto-004.2018-autoriza-abertura-de-cr-dito-esp_XSwa6e9.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/33/projeto-004.2018-autoriza-abertura-de-cr-dito-esp_XSwa6e9.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/34/projeto-005.2018-altera-a-lei-002.2018-doacao-de-_wkm6xQi.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/34/projeto-005.2018-altera-a-lei-002.2018-doacao-de-_wkm6xQi.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 002/2018, de 17 de janeiro de 2018, que autoriza a doação de materiais de construção para família de baixa renda e dá outras providências legais que específica”.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/35/proj.-006.2018-aumenta-adiaria-motoristas-r-300-00.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/35/proj.-006.2018-aumenta-adiaria-motoristas-r-300-00.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a diária dos Motoristas e da outras providências¨.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/37/projeto-007.2018-aumento-5-sal-rio-.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/37/projeto-007.2018-aumento-5-sal-rio-.pdf</t>
   </si>
   <si>
     <t>“Autoriza  revisão GERAL ANUAL salarial aos Servidores do Quadro de Servidores da Prefeitura do Município de Planalto, autoriza reajuste salarial aos servidores do quadro de servidores do município de planalto  e dá outras providências legais que específica”</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/46/proj.-008.2018-altera-a-lei-013.2016-unificacao-d_xg9DQ3e.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/46/proj.-008.2018-altera-a-lei-013.2016-unificacao-d_xg9DQ3e.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal nº 013/2016, para antecipar a vigência da incorporação de parte do valor unificado dos abonos salariais a que se refere, e dá outras providências legais que específica”.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Executivo a conceder repasses, em forma de subvenção social, para a Santa Casa de Misericórdia de José Bonifácio, no exercício de 2018 e dá outras providências legais que específica”.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>“Autoriza concessão de repasses e subvenções sociais a entidade filantrópica que específica, dando outras providências legais”</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/51/projeto-de-lei-n-011-2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/51/projeto-de-lei-n-011-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a declarar como de utilidade pública e, assim, desapropriar pelas vias amigável ou judicial, parte de imóvel rural que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/53/projeto-executivo-012.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/53/projeto-executivo-012.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO A INFORMAÇÃO PREVISTO NO INCISO XXXIII, DO CAPUT, DO ART.5º, NO INCISO II, DO § 3º,DO ART. 37 E NO § 2º, DO ART.216, DA CONSTITUIÇÃO DA REPÚBLICA.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>EXECUTIVO - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/54/projeto-executivo-013.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/54/projeto-executivo-013.2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de Loteamento de interesse social no município de Planalto por meio de Associações ou Cooperativas com finalidade específica.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_014.2018-diretrizes_orcamentarias.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_014.2018-diretrizes_orcamentarias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/62/projeto_do_executivo_015.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/62/projeto_do_executivo_015.2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de oportunidade de estágio a estudantes do ensino técnico, profissionalizante ou superior, denominado "jovem cidadão" e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei_executivo_016.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei_executivo_016.2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA DO MUNICÍPIO DE PLANALTO A RECEBER, MEDIANTE REPASSE EFETUADO PELO GOVERNO DO ESTADO DE SÃO PAULO, RECURSOS FINANCEIROS A FUNDO PERDIDO.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/65/projeto_de_lei_executivo_017.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/65/projeto_de_lei_executivo_017.2018.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei_018.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei_018.2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A  ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei_019_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei_019_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/68/projeto_de_lei_020_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/68/projeto_de_lei_020_2018.pdf</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/74/projeto_de_lei_no_021.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/74/projeto_de_lei_no_021.2018.pdf</t>
   </si>
   <si>
     <t>" RETIFICA A DENOMINAÇÃO ATUAL DA RUA FELICIANO CUNHA, PASSA A DENOMINAR " RUA FELICIANO SALES CUNHA".</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_022_correto.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_022_correto.pdf</t>
   </si>
   <si>
     <t>Atualiza o perímetro urbano do município de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/81/projeto_de_lei_023_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/81/projeto_de_lei_023_2018.pdf</t>
   </si>
   <si>
     <t>“ Autoriza o Prefeito a receber em doação área urbana e dispõe sobre o prolongamento das Avenidas Rui Barbosa e Carlos Gomes, conforme especifica.”</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/84/projeto_executivo_024.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/84/projeto_executivo_024.2018.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART.10 DA LEI MUNICIPAL 029/2017, DE 31 DE AGOSTO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA FRENTE EMERGENCIAL DE TRABALHO-FETT E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/86/projetode_lei_executivo_026.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/86/projetode_lei_executivo_026.2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE ADESÃO JUNTO AO SISTEMA ESTADUAL DE DEFESA DOS ANIMAIS DOMÉSTICOS-SIEDAD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_de_lei_027_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_de_lei_027_2018.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Planalto-SP, para o exercício de 2019.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/89/projeto_lei_executivo_028.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/89/projeto_lei_executivo_028.2018.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR"</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/94/projeto_de_lei_029-2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/94/projeto_de_lei_029-2018.pdf</t>
   </si>
   <si>
     <t>Disciplina regime de adiantamento a agentes públicos e dá outras providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/97/projeto_de_lei_030_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/97/projeto_de_lei_030_2018.pdf</t>
   </si>
   <si>
     <t>Declara de INTERESSE SOCIAL do município de Planalto, a área que especifica, para fins de urbanização e instalação de empreendimentos habitacionais.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/98/projeto_de_lei_031_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/98/projeto_de_lei_031_2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 037/1997, que estabelece o Programa de Demissão Voluntária no Município e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/105/projeto_32.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/105/projeto_32.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL A CONCEDER BÔNUS DE R$300,00 (TREZENTOS REAIS), NOS TIKETS ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, EXCLUSIVAMENTE PARA O MÊS DE DEZEMBRO DE 2018.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/106/projeto_de_lei_executivo_033.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/106/projeto_de_lei_executivo_033.2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/52/projeto-de-lei-comp.001.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/52/projeto-de-lei-comp.001.2018.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei nº 009/2009 e, por conseguinte, o Anexo I da Lei  Complementar nº 01/2009, para majorar a carga horária do Professor de Educação  Física para o Ensino Fundamental, criado pela Lei 009/2009, para 40 horas semanais.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/56/projeto_de_lei_comp.002.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/56/projeto_de_lei_comp.002.2018.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 002/2018, DE 07 DE MAIO DE 2018, de autoria do Poder Executivo, que “DISPÕE SOBRE REORGANIZAÇÃO DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE PLANALTO ”</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 003/2018, DE 07 DE MAIO DE 2018, de autoria do Poder Executivo, que “DISPÕE SOBRE A CRIAÇÃO E AMPLIAÇÃO DE VAGAS, EXTINÇÃO, TRANSFORMAÇÃO E RECLASSIFICAÇÃO DE EMPREGOS DE PROVIMENTO EFETIVO, NO QUADRO DE SERVIDORES DA PREFEITURA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/72/projeto_de_lei_complementar_004_de_12_de_junho_de_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/72/projeto_de_lei_complementar_004_de_12_de_junho_de_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos de provimento efetivo junto ao município de Planalto e dá outras iniciativas.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/77/projeto_de_lei_complementar_005.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/77/projeto_de_lei_complementar_005.2018.pdf</t>
   </si>
   <si>
     <t>“Altera o inciso II do art. 10 da Lei Complementar Municipal nº 002/2018, para acrescentar às atribuições da Secretaria Municipal de Educação, a competência para promover e executar os serviços relativos ao Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação”</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/96/projeto_de_lei_complementar_n_006_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/96/projeto_de_lei_complementar_n_006_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Anexo IV da Lei Complementar nº 03/2018, para constar que o cargo de Auxiliar  Transporte de Gabinete passa da referência 26 para a referência 36 e dá outras providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/99/projeto_de_lei_complementar_007_2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/99/projeto_de_lei_complementar_007_2018.pdf</t>
   </si>
   <si>
     <t>DÁ  NOVA REDAÇÃO AO ART.16 DA LEI COMPLEMENTAR 002/2018, DE 10 DE MAIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/104/projeto_de_lei_rosangela.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/104/projeto_de_lei_rosangela.pdf</t>
   </si>
   <si>
     <t>ESTA LEI COMPLEMENTAR ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 001, DE 10 DE DEZEMBRO DE 2015, CÓDIGO TRIBUTÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>Fixa os Subsídios Mensais dos Secretários Municipais da Saúde e da Educação do Município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/73/projeto_de_lei_no_002_de_2018_-__controle_interno.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/73/projeto_de_lei_no_002_de_2018_-__controle_interno.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE CONTROLE INTERNO DO PODER LEGISLATIVO DO MUNICÍPIO DE PLANALTO - SP, E DEFINE AS COMPETÊNCIAS, ATIVIDADES, RESPONSABILIDADES E DEMAIS REGULAMENTAÇÕES DOS PROCEDIMENTOS NECESSÁRIOS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>THIAGO TOBIAS CARMO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/82/projeto_de_lei_no_004.2018_-_denominacao_da_tribuna.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/82/projeto_de_lei_no_004.2018_-_denominacao_da_tribuna.pdf</t>
   </si>
   <si>
     <t>“Denomina de “João Barbosa” a Tribuna da Câmara municipal de Planalto, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/83/projeto_de_lei_no_005.2018_-_denominacao_da_galer_87vKySJ.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/83/projeto_de_lei_no_005.2018_-_denominacao_da_galer_87vKySJ.pdf</t>
   </si>
   <si>
     <t>“Denomina de “Orídio Pinto da Silva” a Galeria das Legislaturas da Câmara municipal de Planalto, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/88/projeto_de_lei_no_006.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/88/projeto_de_lei_no_006.2018.pdf</t>
   </si>
   <si>
     <t>Denomina de "Terezinha de Souza Lourenço" a viela que fica encravada na Avenida Altino Arantes, sob o número 674 e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>LUIZ CARLOS EUZÉBIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/45/projeto-de-decreto-legislativo-n-001.2018-t-tulo-_M5gD5GX.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/45/projeto-de-decreto-legislativo-n-001.2018-t-tulo-_M5gD5GX.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário Planaltense ao Excelentíssimo Deputado Estadual José Carlos Vaz de Lima, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário Planaltense ao Excelentíssimo Deputado Estadual Marcos Zerbini e à sua esposa, ilustríssima senhora Cleusa Ramos Zerbini, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 001/2018, de 07 de maio de 2018, de  autoria da Mesa Diretora que “DISPÕE SOBRE DOAÇÃO DE 05 (cinco) CADEIRAS E  08 (oito) MESAS DA CÂMARA PARA A PREFEITURA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Dispõe sobre a Doação de mesas e armários da Câmara para a Prefeitura Municipal de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ERIVAN FERREIRA NUNES</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/36/indica-o-002-erivan-ferreira-nunes-e-luiz-carlos-_dAAruYD.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/36/indica-o-002-erivan-ferreira-nunes-e-luiz-carlos-_dAAruYD.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que seja realizada manutenção da iluminação pública no município de Planalto.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Indicam ao Senhor Prefeito que seja concedido aos servidores públicos do município reajuste salarial.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>BENEDITO LOURENÇO MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/40/indica-o-004-benedito-louren-o-moreira-cuidar-dos_w7lJg1B.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/40/indica-o-004-benedito-louren-o-moreira-cuidar-dos_w7lJg1B.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr.Prefeito que faça um levantamento dos vários cães que ficam perambulando pelas ruas de nossa cidade e aqueles que não tem seu dono, que disponibilize um local para o recolhimento dos mesmos e que lá sejam tratados com decência e, se possível, faça a castração para que não procriem mais.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>LEANDRO BATISTA DIONISIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/43/ind-05-2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/43/ind-05-2018.pdf</t>
   </si>
   <si>
     <t>INDICO, ao Exmo. Sr. Prefeito Municipal que Construa um Ponto Embarque e desembarque de Passageiros com abrigo no Conjunto Habitacional Deoclides Adriano de Oliveira.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/44/ind-06-2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/44/ind-06-2018.pdf</t>
   </si>
   <si>
     <t>INDICO, ao Exmo. Sr. Prefeito Municipal que seja elaborado um Projeto de Lei que disponha sobre a implantação de loteamento de interesse social no município por meio de associações ou cooperativas com finalidade específica</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/41/indica-o-007-luiz-carlos-euz-bio-reajuste-aos-ser_qFSKTOs.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/41/indica-o-007-luiz-carlos-euz-bio-reajuste-aos-ser_qFSKTOs.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr.Prefeito que conceda reajuste aos servidores do executivo que recebem salário em patamar inferior em relação às demais categorias de servidores.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/49/ind-08-2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/49/ind-08-2018.pdf</t>
   </si>
   <si>
     <t>INDICO, ao Exmo. Sr. Prefeito Municipal que crie o_x000D_
 “Banco Municipal de Materiais de Construção” em nosso município</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/63/indicacao_-_009_-_benedito_lourenco_moreira_-_tra_erItOmT.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/63/indicacao_-_009_-_benedito_lourenco_moreira_-_tra_erItOmT.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que disponibilize tratamento odontológico de canal, bem como, que forneça dentadura e prótese dentária aos cidadão que necessitam de acordo com as prescrições do(s) dentista(s) do Posto de Saúde do município, bem como após triagem feita pela Assistência Social do Município.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/70/indicacao_-_010_-_benedito_lourenco_moreira_-_sin_goQcq0n.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/70/indicacao_-_010_-_benedito_lourenco_moreira_-_sin_goQcq0n.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que providencie a sinalização da saída da cidade sentido José Bonifácio.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que providencie a implantação da coleta de Lixo e Entulhos provenientes de construção, limpeza de terrenos etc.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/79/indicacao_-_012_-_leandro_batista_dionisio_-_dire_b5bsCu0.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/79/indicacao_-_012_-_leandro_batista_dionisio_-_dire_b5bsCu0.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que conceda através de Lei o direito de afastamento sem remuneração por 2 (dois) anos a todos os funcionários públicos municipais.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/80/indicacao_-_013_-_leandro_batista_dionisio_-_lomb_P98ZrzB.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/80/indicacao_-_013_-_leandro_batista_dionisio_-_lomb_P98ZrzB.pdf</t>
   </si>
   <si>
     <t>Indica, ao Exmo. Sr. Prefeito Municipal que INDICO, ao Exmo. Sr. Prefeito Municipal que construa 01 (uma) Lombada, na Avenida Rui Barbosa, nas proximidades da delegacia de Polícia Civil de Planalto.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/90/indicacao_-_014_.2018_-_alessandro__e_benedito.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/90/indicacao_-_014_.2018_-_alessandro__e_benedito.pdf</t>
   </si>
   <si>
     <t>Indicam ao Sr.Prefeito que faça a manutenção da iluminação da Praça Central do nosso município.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>APARECIDO SOARES</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/93/indicacao_-_015.2018_-_aparecido_soares_-_criar_l_Par4Sq1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/93/indicacao_-_015.2018_-_aparecido_soares_-_criar_l_Par4Sq1.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que faça uma Lei Municipal que autorize o município a firmar um convênio com a Polícia Militar do Estado de São Paulo para que 95% do dinheiro arrecadado com as multas de solo sejam repassados ao município.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/95/indicacao_-_016_-_leandro_batista_dionisio_-_espa_k35JoJy.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/95/indicacao_-_016_-_leandro_batista_dionisio_-_espa_k35JoJy.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que, disponibilize m terreno para que seja construída uma academia ao ar livre em nosso município.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>José Roberto de Godoy</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/100/indicacao_017.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/100/indicacao_017.2018.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que seja realizada a aquisição de uniformes escolares para alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/101/indicacao_018.2018_-_jose_roberto_de_godoy_-_ope_5QjUE7q.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/101/indicacao_018.2018_-_jose_roberto_de_godoy_-_ope_5QjUE7q.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que seja realizada a “OPERAÇÃO TAPA BURACOS” em ruas e avenidas da cidade.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/102/indicacao_019.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/102/indicacao_019.2018.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que seja realizada manutenção periódica no aterro sanitário em valas do município de Planalto.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/103/indicacao_20.2018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/103/indicacao_20.2018.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo. Sr. Prefeito que  a devolução dos valores dos duodécimos da Câmara Municipal de Planalto, que irão sobrar no final do ano, seja, através de Lei de autoria do Executivo, convertido em ABONO NATALINO aos servidores da prefeitura municipal de Planalto, a ser pago no mês de Dezembro de 2018, em único turno de discussão e votação.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/39/requerimento-001-erivan-ferreira-nunes-e-luiz-car_BveTZJ4.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/39/requerimento-001-erivan-ferreira-nunes-e-luiz-car_BveTZJ4.pdf</t>
   </si>
   <si>
     <t>Informações do prefeito, de qual motivo de ainda não ter aplicado a Lei Federal 11.738, de 16 de julho de 2008, que institui o Piso Nacional de Salários.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/60/requerimento_-_004_-_alessandro_de_falchi_bonfim__paVH8sS.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/60/requerimento_-_004_-_alessandro_de_falchi_bonfim__paVH8sS.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR.PREFEITO QUE PROCEDA A RETOMADA DA BALANÇA, BEM COMO DA CASA E DO BARRACÃO, LOCALIZADOS NO SECADOR DE GRÃOS, QUE PERTENCEM A ASSOCIAÇÃO DOS PRODUTORES RURAIS DO MUNICÍPIO DE PLANALTO PARA QUE OS PRODUTORES RURAIS DO MUNICÍPIO VOLTEM A USÁ-LO.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/69/requerimento_-_005_-_alessandro_de_falchi_bonfim__VYqsT08.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/69/requerimento_-_005_-_alessandro_de_falchi_bonfim__VYqsT08.pdf</t>
   </si>
   <si>
     <t>REQUER que o Excelentíssimo senhor Prefeito Municipal viabilize a alteração da legislação vigente para que seja feita a readequação dos valores cobrados pelos serviços prestados pelas máquinas agrícolas do município aos pequenos produtores rurais.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>VETO APOSTO PELO PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/50/veto-prefeito.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/50/veto-prefeito.pdf</t>
   </si>
   <si>
     <t>Veto integral à Emenda Modificativa nº 001/2018</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1178,68 +1178,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/30/projeto-de-lei-do-executivo-001.2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/32/proj-lei-03-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/33/projeto-004.2018-autoriza-abertura-de-cr-dito-esp_XSwa6e9.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/34/projeto-005.2018-altera-a-lei-002.2018-doacao-de-_wkm6xQi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/35/proj.-006.2018-aumenta-adiaria-motoristas-r-300-00.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/37/projeto-007.2018-aumento-5-sal-rio-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/46/proj.-008.2018-altera-a-lei-013.2016-unificacao-d_xg9DQ3e.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/51/projeto-de-lei-n-011-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/53/projeto-executivo-012.2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/54/projeto-executivo-013.2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_014.2018-diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/62/projeto_do_executivo_015.2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei_executivo_016.2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/65/projeto_de_lei_executivo_017.2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei_018.2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei_019_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/68/projeto_de_lei_020_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/74/projeto_de_lei_no_021.2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_022_correto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/81/projeto_de_lei_023_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/84/projeto_executivo_024.2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/86/projetode_lei_executivo_026.2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_de_lei_027_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/89/projeto_lei_executivo_028.2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/94/projeto_de_lei_029-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/97/projeto_de_lei_030_2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/98/projeto_de_lei_031_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/105/projeto_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/106/projeto_de_lei_executivo_033.2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/52/projeto-de-lei-comp.001.2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/56/projeto_de_lei_comp.002.2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/72/projeto_de_lei_complementar_004_de_12_de_junho_de_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/77/projeto_de_lei_complementar_005.2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/96/projeto_de_lei_complementar_n_006_2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/99/projeto_de_lei_complementar_007_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/104/projeto_de_lei_rosangela.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/73/projeto_de_lei_no_002_de_2018_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/82/projeto_de_lei_no_004.2018_-_denominacao_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/83/projeto_de_lei_no_005.2018_-_denominacao_da_galer_87vKySJ.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/88/projeto_de_lei_no_006.2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/45/projeto-de-decreto-legislativo-n-001.2018-t-tulo-_M5gD5GX.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/36/indica-o-002-erivan-ferreira-nunes-e-luiz-carlos-_dAAruYD.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/40/indica-o-004-benedito-louren-o-moreira-cuidar-dos_w7lJg1B.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/43/ind-05-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/44/ind-06-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/41/indica-o-007-luiz-carlos-euz-bio-reajuste-aos-ser_qFSKTOs.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/49/ind-08-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/63/indicacao_-_009_-_benedito_lourenco_moreira_-_tra_erItOmT.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/70/indicacao_-_010_-_benedito_lourenco_moreira_-_sin_goQcq0n.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/79/indicacao_-_012_-_leandro_batista_dionisio_-_dire_b5bsCu0.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/80/indicacao_-_013_-_leandro_batista_dionisio_-_lomb_P98ZrzB.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/90/indicacao_-_014_.2018_-_alessandro__e_benedito.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/93/indicacao_-_015.2018_-_aparecido_soares_-_criar_l_Par4Sq1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/95/indicacao_-_016_-_leandro_batista_dionisio_-_espa_k35JoJy.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/100/indicacao_017.2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/101/indicacao_018.2018_-_jose_roberto_de_godoy_-_ope_5QjUE7q.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/102/indicacao_019.2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/103/indicacao_20.2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/39/requerimento-001-erivan-ferreira-nunes-e-luiz-car_BveTZJ4.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/60/requerimento_-_004_-_alessandro_de_falchi_bonfim__paVH8sS.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/69/requerimento_-_005_-_alessandro_de_falchi_bonfim__VYqsT08.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/50/veto-prefeito.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/30/projeto-de-lei-do-executivo-001.2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/32/proj-lei-03-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/33/projeto-004.2018-autoriza-abertura-de-cr-dito-esp_XSwa6e9.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/34/projeto-005.2018-altera-a-lei-002.2018-doacao-de-_wkm6xQi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/35/proj.-006.2018-aumenta-adiaria-motoristas-r-300-00.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/37/projeto-007.2018-aumento-5-sal-rio-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/46/proj.-008.2018-altera-a-lei-013.2016-unificacao-d_xg9DQ3e.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/51/projeto-de-lei-n-011-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/53/projeto-executivo-012.2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/54/projeto-executivo-013.2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_014.2018-diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/62/projeto_do_executivo_015.2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei_executivo_016.2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/65/projeto_de_lei_executivo_017.2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei_018.2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei_019_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/68/projeto_de_lei_020_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/74/projeto_de_lei_no_021.2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_022_correto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/81/projeto_de_lei_023_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/84/projeto_executivo_024.2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/86/projetode_lei_executivo_026.2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_de_lei_027_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/89/projeto_lei_executivo_028.2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/94/projeto_de_lei_029-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/97/projeto_de_lei_030_2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/98/projeto_de_lei_031_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/105/projeto_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/106/projeto_de_lei_executivo_033.2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/52/projeto-de-lei-comp.001.2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/56/projeto_de_lei_comp.002.2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/72/projeto_de_lei_complementar_004_de_12_de_junho_de_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/77/projeto_de_lei_complementar_005.2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/96/projeto_de_lei_complementar_n_006_2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/99/projeto_de_lei_complementar_007_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/104/projeto_de_lei_rosangela.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/73/projeto_de_lei_no_002_de_2018_-__controle_interno.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/82/projeto_de_lei_no_004.2018_-_denominacao_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/83/projeto_de_lei_no_005.2018_-_denominacao_da_galer_87vKySJ.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/88/projeto_de_lei_no_006.2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/45/projeto-de-decreto-legislativo-n-001.2018-t-tulo-_M5gD5GX.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/36/indica-o-002-erivan-ferreira-nunes-e-luiz-carlos-_dAAruYD.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/40/indica-o-004-benedito-louren-o-moreira-cuidar-dos_w7lJg1B.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/43/ind-05-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/44/ind-06-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/41/indica-o-007-luiz-carlos-euz-bio-reajuste-aos-ser_qFSKTOs.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/49/ind-08-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/63/indicacao_-_009_-_benedito_lourenco_moreira_-_tra_erItOmT.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/70/indicacao_-_010_-_benedito_lourenco_moreira_-_sin_goQcq0n.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/79/indicacao_-_012_-_leandro_batista_dionisio_-_dire_b5bsCu0.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/80/indicacao_-_013_-_leandro_batista_dionisio_-_lomb_P98ZrzB.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/90/indicacao_-_014_.2018_-_alessandro__e_benedito.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/93/indicacao_-_015.2018_-_aparecido_soares_-_criar_l_Par4Sq1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/95/indicacao_-_016_-_leandro_batista_dionisio_-_espa_k35JoJy.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/100/indicacao_017.2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/101/indicacao_018.2018_-_jose_roberto_de_godoy_-_ope_5QjUE7q.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/102/indicacao_019.2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/103/indicacao_20.2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/39/requerimento-001-erivan-ferreira-nunes-e-luiz-car_BveTZJ4.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/60/requerimento_-_004_-_alessandro_de_falchi_bonfim__paVH8sS.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/69/requerimento_-_005_-_alessandro_de_falchi_bonfim__VYqsT08.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2018/50/veto-prefeito.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>