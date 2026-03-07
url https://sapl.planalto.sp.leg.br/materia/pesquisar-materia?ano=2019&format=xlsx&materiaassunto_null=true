--- v0 (2025-12-01)
+++ v1 (2026-03-07)
@@ -54,1043 +54,1043 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>E-LON</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>EXECUTIVO - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/616/projeta_emenda_001_2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/616/projeta_emenda_001_2019.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao §3º do art. 85 da Lei Orgânica do município.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/107/projeto_de_lei_001.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/107/projeto_de_lei_001.2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO EXECUTIVO Nº 001/2019, de 16 de janeiro de 2019 que “ Autoriza o Poder executivo a firmar Convênio com o SESI-Serviço Social da Indústria para fins de implantação do “Sistema SESI-SP de Ensino” no Ensino Infantil-04 e 05 anos-nas Escolas Municipais de Planalto, visando o fortalecimento do projeto político-pedagógico e a melhoria dos resultados de cada escola envolvida, por meio de processos de formação continuada, acompanhamento técnico e avaliação das práticas de ensino e aprendizagem.”</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/108/projeto_de_lei_002_-_2019_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/108/projeto_de_lei_002_-_2019_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder, de forma onerosa e mediante permissão de uso, o bem público municipal denominado " Parque de Exposições Líbero Luchesi", sito a Rua Pedro de Souza Brandão, nº 611, visando as festividades em comemoração à emancipação política do município de Planalto e dá outras providências."</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/110/projeto_de_lei_003_2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/110/projeto_de_lei_003_2019.pdf</t>
   </si>
   <si>
     <t>Institui Servidão de passagem em imóveis rurais e urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/111/projeto_de_lei_004_-_2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/111/projeto_de_lei_004_-_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder, de forma onerosa e mediante concessão de uso, o espaço físico destinado a exploração de bar, corresponde às instalações localizadas no estádio municipal "Melchiades Rordigues Chaves", situado na Avenida Altino Arantes, 619, centro, na cidade  de Planalto, composto de uma área total de 87,86 m2 e dá outras providências.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_no_005.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_no_005.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenções sociais as entidades filantrópicas que especifica, dando outras providências legais.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_006_2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_006_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza reposição salarial aos servidores do Quadro de Servidores da prefeitura do município de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/116/proj._007.2019_-_doacao_de_material_de_construca_inHYDGG.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/116/proj._007.2019_-_doacao_de_material_de_construca_inHYDGG.pdf</t>
   </si>
   <si>
     <t>“Autoriza à doação de  CIMENTO, CAL, AREIA, PEDRA, TELHA, MADEIRA, TIJOLO, MATERIAL ELÉTRICO, PORTAS, JANELAS, VIDRO, FERRO, MATERIAIS PARA ENCANAMENTO, MATERIAIS HIDRÁULICOS E HIDROSANITÁRIOS a família de baixa renda e dá outras providências legais que específica”.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_008_2019_3.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_008_2019_3.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do art.3º da Lei 002/2019, de 11/02/2019, para permitir ao munic. a realização do evento com recursos próprios se frustrada, por qualquer motivo, a cessão onerosa ao "Parque de Exposições Dr.Líbero Luchesi", visando as festividades em comemoração à emancipação política ao município.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_009_2019_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_009_2019_1.pdf</t>
   </si>
   <si>
     <t>" Autoriza a doação de cestas básicas a família de baixa renda e dá outras providências legais que especifica."</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_2.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_do_executivo_012.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_do_executivo_012.2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE GERENCIAMENTO INTEGRADO DE RESÍDUOS SÓLIDOS DO MUNICÍPIO DE PLANALTO-PMGIRS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_013.2019_-_doacao_de_oculos.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_013.2019_-_doacao_de_oculos.pdf</t>
   </si>
   <si>
     <t>"Autoriza doação de óculos de grau a pessoas integrantes de família de baixa renda e dá outras providências legais que especifica."</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_014-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_014-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reconhecimento oficial de denominação de diversas vias públicas antigas de nosso município.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/152/15_2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/152/15_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do departamento Jurídico da Prefeitura do município de Planalto, criação de empregos para provimento mediante concurso público de provas, ou de provas e títulos, criação e extinção de função de confiança de livre nomeação e exoneração do Chefe do Poder Executivo, de Assessor Jurídico-Advogado, instituído pela Lei Municipal nº 023/93 (Lei do Regime Jurídico Único) dando outras providências.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/153/16_2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/153/16_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, aumento de vagas e extinção de empregos de provimento efetivo junto ao Município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/161/1_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/161/1_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóvel que especifica, por doação à COMPANHIA DE DESENVOLVIMENTO HABITACIONAL E URBANO DO ESTADO DE SÃO PAULO-CDHU.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/162/projeto__019.2019_-_convenio_cdhu.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/162/projeto__019.2019_-_convenio_cdhu.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Convênio e/ou Contrato com a COMPANHIA DE DESENVOLVIMENTO HABITACIONAL E URBANO DO ESTADO DE SÃO PAULO -_x000D_
 CDHU.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_020.2019_-_autoriza_abrir_rua_luiz_ameri_9TU1DCA.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_020.2019_-_autoriza_abrir_rua_luiz_ameri_9TU1DCA.pdf</t>
   </si>
   <si>
     <t>“Autoriza  o Poder Executivo a executar obras de demolição e construção que indica e dá outras providências necessárias.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre correção de erro material.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_022.2019_-_carros_velhos_nas_ruas.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_022.2019_-_carros_velhos_nas_ruas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a imposição de multa a proprietários de veículos abandonados nas vias públicas em estado precário de conservação, sucatas, ou apenas partes deterioradas, que estejam no leito carroçável ou sobre o passeio público do município de Planalto e dá outras providências</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/170/projeto_de_lei_do_executivo_023.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/170/projeto_de_lei_do_executivo_023.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Planalto a celebrar convênio de cooperação com a União, por intermédio do Juízo da Zona Eleitoral da 214ª Comarca de Buritama e dá outras providências que especifica.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_executivo_024.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_executivo_024.2019.pdf</t>
   </si>
   <si>
     <t>" Autoriza o Poder Executivo a ceder, de forma onerosa e mediante permissão de uso, o uso de bem público municipal denominado "Parque de Exposições Líbero Luchesi", sito a Rua Pedro de Souza Brandão, nº 611."</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/173/projeto.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/173/projeto.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa de Incentivo à propriedade responsável de cães e gatos e controle populacionais desses animais e dá outras providências.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/176/projeto_026.2019_-_desapropriacao_ampliacao__cemiterio.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/176/projeto_026.2019_-_desapropriacao_ampliacao__cemiterio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a declarar como utilidade pública e, assim, Desapropriar pelas vias amigáveis ou judiciais, parte de imóvel rural que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo de Planalto a alienar, pelo melhor preço ofertado, madeira proveniente da limpeza urbana, limpeza de terrenos e de toda madeira proveniente da remoção para fins de implantação de núcleo residencial.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/179/projeto_de_lei_28.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/179/projeto_de_lei_28.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo de Planalto a alienar, pelo melhor preço ofertado, veículos pertencentes à frota municipal, declarados inservíveis para o uso público.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/180/projeto_de_lei_029.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/180/projeto_de_lei_029.2019.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art.1º da Lei Municipal nº 033/2019, que autoriza o Chefe do Poder Executivo de Planalto a alienar, pelo melhor preço ofertado, veículos pertencentes à frota municipal, declarados inservíveis para o uso público.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/182/projeto_de_lei_no_30.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/182/projeto_de_lei_no_30.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do município de Planalto-SP, para o exercício de 2019.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_031.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_031.2019.pdf</t>
   </si>
   <si>
     <t>“ Altera os art.1º e 2º da Lei Municipal nº 024/2017, para a correta descrição  dos imóveis  das doações ao município de Planalto, descritos nas matrículas nº 19.931 e 19.928, ambos do serviço de registro imobiliário de Buritama”</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_032.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_032.2019.pdf</t>
   </si>
   <si>
     <t>“ Dispõe sobre a alteração do valor do auxílio alimentação aos servidores públicos municipais e regulamenta a Lei Municipal nº 009/2003, de 13 de março de 2003 e dá outras providências”</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/187/projeto_033.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/187/projeto_033.2019.pdf</t>
   </si>
   <si>
     <t>“ Altera a Lei nº 039/2017, de 14 de dezembro de 2017, para autorizar a posse imediata de parte do imóvel desapropriado mediante pagamento do valor de R$ 125.000,00 e dá outras providências legais que espicifica”</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/189/projeto_de_lei_034-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/189/projeto_de_lei_034-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/190/projeto_de_lei_no_035.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/190/projeto_de_lei_no_035.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do art.8º da Lei nº 036/2019, de 28 de outubro de 2019 e dá outras providências."</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/191/digitalizacao_colorida_rapida_para_um_arquivo_pd_EZfFeWH.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/191/digitalizacao_colorida_rapida_para_um_arquivo_pd_EZfFeWH.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art.3º da Lei nº 036/2019, que estabelece as condições em que é vedado o pagamento do auxílio alimentação e dá outras providências que especifica.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>"Altera a redação do art.3º da Lei nº 036/2019, que estabelece as condições em que é vedado o pagamento do auxílio alimentação e dá outras providências que especifica."</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/192/projeto_do_executivo_no_038.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/192/projeto_do_executivo_no_038.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/194/projeto_de_lei_039-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/194/projeto_de_lei_039-2019.pdf</t>
   </si>
   <si>
     <t>Institui normas para declarar de utilidade pública as entidades ou outras instituições que especifica.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/196/projeto_de_lei_040.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/196/projeto_de_lei_040.pdf</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_de_lei_041-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_de_lei_041-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/203/projeto_de_lei_042-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/203/projeto_de_lei_042-2019.pdf</t>
   </si>
   <si>
     <t>DEclara de utilidade Pública a Associação Planaltense Pró Habitação-APLAH, Associação Civil sem finalidade lucrativa inscrita no CNPJ sob nº 29.180.954/0001-05.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/204/projeto_de_lei_043-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/204/projeto_de_lei_043-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o prefeito municipal a conceder bônus de R$ 300,00 (trezentos reais) nos tickets alimentação dos servidores públicos municipais, exclusivamente para o mês de dezembro de 2019.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/205/projeto_44.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/205/projeto_44.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei nº 008/2019, de 14 de março de 2019, que autoriza a doação de materiais de construção para família de baixa renda e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos de provimento efetivo junto ao município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_complementar_002.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_complementar_002.2019.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTS.11, II E 21, I, DA LE COMPLEMENTAR MUNICIPAL Nº 001/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_complementar_003_2019_2.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_complementar_003_2019_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE COMISSÕES SINDICANTE E PROCESSANTE NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE PLANALTO, ASSIM COMO ESTABELECE AS REGRAS DO DEVIDO PROCEDIMENTO LEGAL ADMINISTRATIVO DISCIPLINAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_complementar_004.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_complementar_004.2019.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art.16 da Lei Complementar nº 002/2018, de 10 de maio de 2018, alterada pela Lei Complementar nº 006/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/154/plc-05-19.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/154/plc-05-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE COMISSÕES SINDICANTE E PROCESSANTE  NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE PLANALTO, ASSIM COMO ESTABELECE AS REGRAS DO DEVIDO PROCEDIMENTO LEGAL ADMINISTRATIVO DISCIPLINAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/168/projeto_de_lei_complementar_006.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/168/projeto_de_lei_complementar_006.2019.pdf</t>
   </si>
   <si>
     <t>Altera os arts.11, II e 21, I e II da Lei Complementar Municipal nº 001/2014, acrescenta ao art.11 e §5º ao art.21 da Lei Complementar Municipal nº 001/2014 e outras providências</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/177/projeto_de_lei_comp.007.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/177/projeto_de_lei_comp.007.2019.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo V da Lei Complementar nº 003/2018, quanto as atribuições do emprego público de FISCAL LANÇADOR e dá outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/181/projeto_de_lei_comp.008.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/181/projeto_de_lei_comp.008.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ABONO DE FALTAS A TODO SERVIDOR DA PREFEITURA MUNICIPAL DE PLANALTO, A CRIAÇÃO DA JORNADA REDUZIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_comp.009.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_comp.009.2019.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo IV da Lei Complementar Municipal nº 003/2018, para modificar o sistema remuneratório dos empregos públicos do MÉDICO ( ATEND.2ª A 6ª F-CH 12 HORAS), MÉDICO CLÍNICO GERAL (CH 20 HS), MÉDICO CLÍNICO GERAL (ATEND.SÁBADO E DOMINGO CH 12 HORAS E MÉDICO PLANTONISTA ( 2ª A 6ª F-12 HORAS),  e autoriza a substituição, em caráter excepcional dos clínicos plantonistas.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_lei_010-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_lei_010-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Parcelamento e Reparcelamento de débitos inscritos junto a Fazenda Municipal e dá outras providências</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/195/projeto_de_lei_complementar_011-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/195/projeto_de_lei_complementar_011-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO IV DA LEI COMPLEMENTAR MUNICIPAL Nº 003/2018, PARA MODIFICAR A REFERÊNCIA DO EMPREGO AGENTE COMUNITÁRIO DE SAÚDE.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/198/19_11.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/198/19_11.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 16 da Lei Complementar nº 002/2018, de 10 de maio de 2018, alterada pela Lei Complementar nº 006/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_lei_comp.013.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_lei_comp.013.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar o Lanchódromo municipal ou Praça da Alimentação Popular, regula as condições para que o Chefe do Poder executivo possa conferir, mediante Decreto, a permissão do uso remunerado dos quiosques e dá outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/201/projeto_de_lei_complementar_014-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/201/projeto_de_lei_complementar_014-2019.pdf</t>
   </si>
   <si>
     <t>Altera o art.124 da Lei Complementar nº 001/2015-Código Tributário Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_complementar_015-2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_complementar_015-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos de provimento efetivo junto ao município de Planalto, assim como aumenta o número de vagas em empregos de provimento efetivo e dá outras providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SERVIDORES DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE PLANALTO, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>ROSIMEIRE BARBOSA SILVÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_de_lei_no_002.2019_-_denominacao_de_rua__2W26dPv.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_de_lei_no_002.2019_-_denominacao_de_rua__2W26dPv.pdf</t>
   </si>
   <si>
     <t>“Denomina de “Pedro Barbosa Sandoval” a Rua Projetada nº 1, que fica encravada no Loteamento Residencial Antonio Felipe Passetti, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>THIAGO TOBIAS CARMO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/156/projeto_de_lei_no_003.2019_-_denominacao_de_rua__YKkRkAh.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/156/projeto_de_lei_no_003.2019_-_denominacao_de_rua__YKkRkAh.pdf</t>
   </si>
   <si>
     <t>“Denomina de “Edno Mestrinari” a Rua Projetada nº 2, que fica encravada no Loteamento Residencial Antonio Felipe Passetti, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>BENEDITO LOURENÇO MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/157/projeto_de_lei_no_004.2019_-_denominacao_de_rua__PnQLCiS.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/157/projeto_de_lei_no_004.2019_-_denominacao_de_rua__PnQLCiS.pdf</t>
   </si>
   <si>
     <t>“Denomina de “Valdomiro Camarim” a Rua Projetada nº 3, que fica encravada no Loteamento Residencial Antonio Felipe Passetti, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>APARECIDO SOARES</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/158/projeto_de_lei_no_005.2019_-_denominacao_de_rua__QlwWmr9.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/158/projeto_de_lei_no_005.2019_-_denominacao_de_rua__QlwWmr9.pdf</t>
   </si>
   <si>
     <t>“Denomina de “Lino dos Santos Moreira” a Rua Projetada nº 4, que fica encravada no Loteamento Residencial Antonio Felipe Passetti, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/159/projeto_de_lei_no_006.2019_-_denominacao_de_rua__KY6XX86.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/159/projeto_de_lei_no_006.2019_-_denominacao_de_rua__KY6XX86.pdf</t>
   </si>
   <si>
     <t>“Denomina de “Gilmar Mello dos Santos” a Rua Projetada nº 6, que fica encravada no Loteamento Residencial Antonio Felipe Passetti, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>ERIVAN FERREIRA NUNES</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/160/projeto_de_lei_no_007.2019_-_denominacao_de_rua__7hsSavX.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/160/projeto_de_lei_no_007.2019_-_denominacao_de_rua__7hsSavX.pdf</t>
   </si>
   <si>
     <t>“Denomina de “Orídio Pinto da Silva” a Rua Projetada nº 7, que fica encravada no Loteamento Residencial Antonio Felipe Passetti, e dá outras providências legais que especifica”.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/151/projeto_de_decreto_legislativo_001.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/151/projeto_de_decreto_legislativo_001.2019.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação do Parecer Prévio do E. Tribunal de Contas e da Aprovação das Contas da Prefeitura Municipal de Planalto Exercício de 2017”.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/120/projeto_de_resolucao_no_001_de_2019_-_alterar_o__fNvhH9t.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/120/projeto_de_resolucao_no_001_de_2019_-_alterar_o__fNvhH9t.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O PARÁGRAFO 2º AO ARTIGO 63, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/109/indicacao_-_001_-_alessandro_de_falchi_bonfim_-__6VLFcDx.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/109/indicacao_-_001_-_alessandro_de_falchi_bonfim_-__6VLFcDx.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que providencie a instalação de mais um ar condicionado no velório Municipal, bem como, que melhore as acomodações no local colocando mais bancos.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_-_002_-_alessandro_de_falchi_bonfim_-__eNNA3ua.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_-_002_-_alessandro_de_falchi_bonfim_-__eNNA3ua.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que providencie a limpeza ou execute a fiscalização prevista da Lei nº 013/2017, para que seja feita a limpeza pelos proprietários dos terrenos que se encontram sujos em nosso município .</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/117/indicacao_-_003_-_thiago_tobias_carmo_da_silva_-_ocqiU0I.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/117/indicacao_-_003_-_thiago_tobias_carmo_da_silva_-_ocqiU0I.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que, Construa uma Valeta dentro dos padrões normais na Avenida Altino Arantes, próximo ao número 941, mais precisamente no encontro com a Rua Amadeu Torres Lopes.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/118/indicacao_-_004_-_thiago_tobias_carmo_da_silva_-_CiJfmui.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/118/indicacao_-_004_-_thiago_tobias_carmo_da_silva_-_CiJfmui.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que, providencie a dedetização geral no nosso município.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/119/indicacao_-_005_-_benedito_lourenco_moreira_-_me_iecbWiu.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/119/indicacao_-_005_-_benedito_lourenco_moreira_-_me_iecbWiu.pdf</t>
   </si>
   <si>
     <t>INDICa ao Exmo. Sr. Prefeito Municipal que providencie melhoria nas valetas da nossa cidade, obedecendo os padrões normais em sua construção.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_006.2019_20240903_153954.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_006.2019_20240903_153954.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito que escreva os nomes tanto do Estádio Municipal cuja denominação é Melchiades Rodrigues Chaves, quanto do Ginásio Municipal, que é denominado Aparecido Célio Moreira.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_007.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_007.2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO SR.PREFEITO QUE SEJA ESTUDADO COM URGÊNCIA, A VIABILIDADE DE CONTRATAR VIGILANTES PREPARADOS PARA ATUAR DURANTE OS PERÍODOS DE AULAS (MANHÃ,TARDE E NOITE) NAS ESCOLAS DO MUNICÍPIO, VISANDO PROPORCIONAR SEGURANÇA AOS ALUNOS E PROFESSORES.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao__008.2019_....pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao__008.2019_....pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que encaminhe Projeto de Lei à Câmara, que regulamente o recolhimento de veículos abandonados nas vias públicas em estado precário de conservação, sucatas ou apenas partes deterioradas, que estejam no leito carroçável, ou sobre o passeio público.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>LUIZ CARLOS EUZÉBIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/142/indicacao_-_009_-_luiz_carlos_euzebio.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/142/indicacao_-_009_-_luiz_carlos_euzebio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que coloque um bebedouro e Construa um Vestiário com banheiros para o Complexo Esportivo do Conjunto Habitacional Deoclides Adriano de Oliveira, que compreende hoje o Campo de Areia, bem como o Minicampo.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/143/indicacao_no_010.2019_.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/143/indicacao_no_010.2019_.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal, que seja realizado uma avaliação urgente da estrutura da Ponte do Rasgão, que serve o Conjunto Habitacional da CDHU e estrada da Fazenda Taperão.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>LEANDRO BATISTA DIONISIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/149/indicacao_011.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/149/indicacao_011.2019.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que altere a legislação tributária do município de Planalto quanto ao tema relacionado ao pagamento do IPTU pelos(as) aposentados(as) ou pensionistas que recebem um salário mínimo por mês, para que estes, independentemente do tamanho de suas residências sejam isentos do pagamento deste imposto.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao_012.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao_012.2019.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que altere a legislação do município de Planalto quanto ao tema relacionado ao pagamento do terreno e da carneira no Cemitério Municipal, para que isente do pagamento da Carneira àqueles(as) que comprovadamente sejam carentes, tendo em vista o alto valor que hoje são obrigados a pagar para sepultar um ente querido.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_-_013.2019-alessandro.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_-_013.2019-alessandro.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que faça no Clube da Terceira Idade as adequações necessárias, exigidas pelo Corpo de Bombeiros e demais órgãos competentes.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_-_014_.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_-_014_.2019.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que elabore uma Lei que obrigue as agências bancárias do município de Planalto a disponibilizarem guarda-volumes à população, em número suficiente para atender aos usuários dos seus serviços.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_-_016_-_leandro_batista_dionisio_-_ide_qW4Bszm.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_-_016_-_leandro_batista_dionisio_-_ide_qW4Bszm.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que forneça uniformes aos estagiários, bem como aos contratados através da frente de trabalho em nosso município.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/127/requerimento_001.2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/127/requerimento_001.2019.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Prefeito informações , no prazo legal, se os nossos estabelecimentos  de ensino fundamental e de saúde ( Creche, Pré-Escola e UBS), possuem o Auto de Vistoria do Corpo de Bombeiro, conforme dispõe o Decreto Estadual nº 56.819 de 11 de março de 2011.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/129/requerimento_-_002_-_erivan_ferreira_nunes_-_inf_q4urwSy.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/129/requerimento_-_002_-_erivan_ferreira_nunes_-_inf_q4urwSy.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Excelentíssimo Senhor Prefeito, solicitando informações sobre fatos ocorridos durante as festividades da Festa do Peão de Rodeio do município, durante o período de 11 a 14 de abril de 2019.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/131/requerimento_-_003_-_erivan_ferreira_nunes_-_lim_g90HdKu.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/131/requerimento_-_003_-_erivan_ferreira_nunes_-_lim_g90HdKu.pdf</t>
   </si>
   <si>
     <t>REQUER  que seja enviado Ofício ao Excelentíssimo Senhor Diretor Regional do DER de Araçatuba, para que esta Casa de Leis seja informada porque motivo os serviços de limpeza das margens da Via de Acesso que liga Planalto/SP-425, ou seja, da entrada da cidade de Planalto até o trevo de José Bonifácio, não estão sendo realizados, haja vista que recentemente o Governo do Estado de São Paulo fixou uma placa na entrada da cidade estimando os gastos com a limpeza em mais de R$-2.000.000,00.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/137/requerimento_-_004_-_erivan_ferreira_nunes_-_inc_baunIbf.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/137/requerimento_-_004_-_erivan_ferreira_nunes_-_inc_baunIbf.pdf</t>
   </si>
   <si>
     <t>REQUER informações se foi realizada a incorporação total do abono salarial dos servidores municipais, em atendimento à Lei Municipal 13/2016, de 29 de abril de 2016, que previa a incorporação total do abono salarial dos servidores públicos no dia 29 de abril de 2019.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/138/requerimento_-_005_-_erivan_ferreira_nunes_-_atu_LFQi80z.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/138/requerimento_-_005_-_erivan_ferreira_nunes_-_atu_LFQi80z.pdf</t>
   </si>
   <si>
     <t>REQUER informações se foi realizada a atualização do valor do auxílio-alimentação dos servidores públicos, tendo em vista que a Lei Municipal 60/2015, do dia 10 de dezembro de 2015, que prevê a atualização todo mês de janeiro de cada ano como data-base, usando como base para a atualização do valor o índice do IGP-M (Índice Geral de Preços ao Mercado).</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/139/requerimento_-_006_-_erivan_ferreira_nunes_-_medicos.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/139/requerimento_-_006_-_erivan_ferreira_nunes_-_medicos.pdf</t>
   </si>
   <si>
     <t>REQUER informações sobre os reais motivos de ainda não terem suprido a falta de profissional de saúde e médicos especialistas em nossa Unidade Básica de Saúde Municipal.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/144/requerimento_-_007_-_erivan_ferreira_nunes_-.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/144/requerimento_-_007_-_erivan_ferreira_nunes_-.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a estratégia da saúde da família.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/128/mocao_de_aplauso_no_001.2019_-_policias_civil_e__militar.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/128/mocao_de_aplauso_no_001.2019_-_policias_civil_e__militar.pdf</t>
   </si>
   <si>
     <t>BENEDITO LOURENÇO MOREIRA Vereador desta Casa de Leis, apresenta ao Plenário, nos termos do Artigo 125 do Regimento Interno da Câmara Municipal de Planalto, a presente MOÇÃO DE APLAUSOS, às Polícias Civil e Militar de Planalto.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1397,68 +1397,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/616/projeta_emenda_001_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/107/projeto_de_lei_001.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/108/projeto_de_lei_002_-_2019_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/110/projeto_de_lei_003_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/111/projeto_de_lei_004_-_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_no_005.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_006_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/116/proj._007.2019_-_doacao_de_material_de_construca_inHYDGG.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_008_2019_3.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_009_2019_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_do_executivo_012.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_013.2019_-_doacao_de_oculos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/152/15_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/153/16_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/161/1_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/162/projeto__019.2019_-_convenio_cdhu.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_020.2019_-_autoriza_abrir_rua_luiz_ameri_9TU1DCA.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_022.2019_-_carros_velhos_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/170/projeto_de_lei_do_executivo_023.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_executivo_024.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/173/projeto.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/176/projeto_026.2019_-_desapropriacao_ampliacao__cemiterio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/179/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/180/projeto_de_lei_029.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/182/projeto_de_lei_no_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_031.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_032.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/187/projeto_033.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/189/projeto_de_lei_034-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/190/projeto_de_lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/191/digitalizacao_colorida_rapida_para_um_arquivo_pd_EZfFeWH.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/192/projeto_do_executivo_no_038.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/194/projeto_de_lei_039-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/196/projeto_de_lei_040.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_de_lei_041-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/203/projeto_de_lei_042-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/204/projeto_de_lei_043-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/205/projeto_44.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_complementar_002.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_complementar_003_2019_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_complementar_004.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/154/plc-05-19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/168/projeto_de_lei_complementar_006.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/177/projeto_de_lei_comp.007.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/181/projeto_de_lei_comp.008.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_comp.009.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_lei_010-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/195/projeto_de_lei_complementar_011-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/198/19_11.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_lei_comp.013.2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/201/projeto_de_lei_complementar_014-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_complementar_015-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_de_lei_no_002.2019_-_denominacao_de_rua__2W26dPv.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/156/projeto_de_lei_no_003.2019_-_denominacao_de_rua__YKkRkAh.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/157/projeto_de_lei_no_004.2019_-_denominacao_de_rua__PnQLCiS.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/158/projeto_de_lei_no_005.2019_-_denominacao_de_rua__QlwWmr9.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/159/projeto_de_lei_no_006.2019_-_denominacao_de_rua__KY6XX86.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/160/projeto_de_lei_no_007.2019_-_denominacao_de_rua__7hsSavX.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/151/projeto_de_decreto_legislativo_001.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/120/projeto_de_resolucao_no_001_de_2019_-_alterar_o__fNvhH9t.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/109/indicacao_-_001_-_alessandro_de_falchi_bonfim_-__6VLFcDx.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_-_002_-_alessandro_de_falchi_bonfim_-__eNNA3ua.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/117/indicacao_-_003_-_thiago_tobias_carmo_da_silva_-_ocqiU0I.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/118/indicacao_-_004_-_thiago_tobias_carmo_da_silva_-_CiJfmui.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/119/indicacao_-_005_-_benedito_lourenco_moreira_-_me_iecbWiu.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_006.2019_20240903_153954.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_007.2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao__008.2019_....pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/142/indicacao_-_009_-_luiz_carlos_euzebio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/143/indicacao_no_010.2019_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/149/indicacao_011.2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao_012.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_-_013.2019-alessandro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_-_014_.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_-_016_-_leandro_batista_dionisio_-_ide_qW4Bszm.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/127/requerimento_001.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/129/requerimento_-_002_-_erivan_ferreira_nunes_-_inf_q4urwSy.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/131/requerimento_-_003_-_erivan_ferreira_nunes_-_lim_g90HdKu.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/137/requerimento_-_004_-_erivan_ferreira_nunes_-_inc_baunIbf.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/138/requerimento_-_005_-_erivan_ferreira_nunes_-_atu_LFQi80z.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/139/requerimento_-_006_-_erivan_ferreira_nunes_-_medicos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/144/requerimento_-_007_-_erivan_ferreira_nunes_-.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/128/mocao_de_aplauso_no_001.2019_-_policias_civil_e__militar.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/616/projeta_emenda_001_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/107/projeto_de_lei_001.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/108/projeto_de_lei_002_-_2019_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/110/projeto_de_lei_003_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/111/projeto_de_lei_004_-_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_no_005.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_006_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/116/proj._007.2019_-_doacao_de_material_de_construca_inHYDGG.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_008_2019_3.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_009_2019_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_do_executivo_012.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_013.2019_-_doacao_de_oculos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/152/15_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/153/16_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/161/1_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/162/projeto__019.2019_-_convenio_cdhu.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_020.2019_-_autoriza_abrir_rua_luiz_ameri_9TU1DCA.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_022.2019_-_carros_velhos_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/170/projeto_de_lei_do_executivo_023.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_executivo_024.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/173/projeto.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/176/projeto_026.2019_-_desapropriacao_ampliacao__cemiterio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/179/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/180/projeto_de_lei_029.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/182/projeto_de_lei_no_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_031.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_032.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/187/projeto_033.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/189/projeto_de_lei_034-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/190/projeto_de_lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/191/digitalizacao_colorida_rapida_para_um_arquivo_pd_EZfFeWH.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/192/projeto_do_executivo_no_038.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/194/projeto_de_lei_039-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/196/projeto_de_lei_040.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_de_lei_041-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/203/projeto_de_lei_042-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/204/projeto_de_lei_043-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/205/projeto_44.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_complementar_002.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_complementar_003_2019_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_complementar_004.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/154/plc-05-19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/168/projeto_de_lei_complementar_006.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/177/projeto_de_lei_comp.007.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/181/projeto_de_lei_comp.008.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_comp.009.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_lei_010-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/195/projeto_de_lei_complementar_011-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/198/19_11.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_lei_comp.013.2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/201/projeto_de_lei_complementar_014-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_complementar_015-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_de_lei_no_002.2019_-_denominacao_de_rua__2W26dPv.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/156/projeto_de_lei_no_003.2019_-_denominacao_de_rua__YKkRkAh.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/157/projeto_de_lei_no_004.2019_-_denominacao_de_rua__PnQLCiS.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/158/projeto_de_lei_no_005.2019_-_denominacao_de_rua__QlwWmr9.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/159/projeto_de_lei_no_006.2019_-_denominacao_de_rua__KY6XX86.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/160/projeto_de_lei_no_007.2019_-_denominacao_de_rua__7hsSavX.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/151/projeto_de_decreto_legislativo_001.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/120/projeto_de_resolucao_no_001_de_2019_-_alterar_o__fNvhH9t.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/109/indicacao_-_001_-_alessandro_de_falchi_bonfim_-__6VLFcDx.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_-_002_-_alessandro_de_falchi_bonfim_-__eNNA3ua.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/117/indicacao_-_003_-_thiago_tobias_carmo_da_silva_-_ocqiU0I.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/118/indicacao_-_004_-_thiago_tobias_carmo_da_silva_-_CiJfmui.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/119/indicacao_-_005_-_benedito_lourenco_moreira_-_me_iecbWiu.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_006.2019_20240903_153954.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_007.2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao__008.2019_....pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/142/indicacao_-_009_-_luiz_carlos_euzebio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/143/indicacao_no_010.2019_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/149/indicacao_011.2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao_012.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_-_013.2019-alessandro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_-_014_.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_-_016_-_leandro_batista_dionisio_-_ide_qW4Bszm.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/127/requerimento_001.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/129/requerimento_-_002_-_erivan_ferreira_nunes_-_inf_q4urwSy.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/131/requerimento_-_003_-_erivan_ferreira_nunes_-_lim_g90HdKu.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/137/requerimento_-_004_-_erivan_ferreira_nunes_-_inc_baunIbf.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/138/requerimento_-_005_-_erivan_ferreira_nunes_-_atu_LFQi80z.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/139/requerimento_-_006_-_erivan_ferreira_nunes_-_medicos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/144/requerimento_-_007_-_erivan_ferreira_nunes_-.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2019/128/mocao_de_aplauso_no_001.2019_-_policias_civil_e__militar.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>