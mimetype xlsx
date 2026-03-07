--- v0 (2025-12-01)
+++ v1 (2026-03-07)
@@ -54,834 +54,834 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/206/lc_l_ckl_pl.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/206/lc_l_ckl_pl.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de Crédito Adicional Especial e dá outras providências."</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/208/projeto_de_lei_002-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/208/projeto_de_lei_002-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a escrituração e registro de área desapropriada, objeto das Leis Municipais 039/2004 e 13/2005 e dá outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/209/projeto_lei_003-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/209/projeto_lei_003-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/210/projeto_de_lei_004-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/210/projeto_de_lei_004-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenções sociais as entidades filantrópicas que especifica, dando outras providências legais.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/211/projeto_de_lei_005-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/211/projeto_de_lei_005-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza reposição salarial aos servidores do quadro de servidores da prefeitura do município de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/212/projeto__006.2020_-_autoriza_o_executivo_a_conce_JePB35D.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/212/projeto__006.2020_-_autoriza_o_executivo_a_conce_JePB35D.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo a ceder, de forma onerosa e mediante concessão de uso, o bem descrito na matrícula nº 8.525 do CRI de Buritama, designado de " Barracão do Secador de Grãos Leovegildo Rodrigues Chaves", sito a Rua Pedro de Souza Brandão nº 795, centro, na cidade de Planalto e dá Outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/215/projeto_de_lei_executivo_007.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/215/projeto_de_lei_executivo_007.2020.pdf</t>
   </si>
   <si>
     <t>Define, para os fins previstos nos parágrafos 3º e 4º do artigo 100 da Constituição da República Federativa do Brasil, as obrigações de pequeno valor RPV, decorrentes de decisões judiciais transitadas em julgado e dá outras providências</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a declarar como de utilidade pública e, assim, Desapropriar pelas vias amigáveis ou judiciais, parte de imóvel rural que especifica e dá outras providências</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/220/projeto_no_009-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/220/projeto_no_009-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a assinar Termo de Posse, a fim de tomar posse imediata da área de 32.497,63 m², objeto da desapropriação, por utilidade pública, de parte de área rural, objeto de transcrição nº 1.940 do Serviço de Registro de Imóveis de Buritama e especificado na Lei Municipal nº 007/2020, e sobre a área efetivar todas as medidas administrativas que se fizerem necessárias à viabilização da construção da "Prainha Municipal."</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/221/projeto_de_lei_n_10-20_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/221/projeto_de_lei_n_10-20_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo transferir para o prédio da UBS "Renê Monteiro Braga", os serviços do SAMU, da Vigilância Sanitária, de Fisioterapia, de Fonoaudiologia e de Psicologia e dá outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/227/projeto_de_lei_011_2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/227/projeto_de_lei_011_2020.pdf</t>
   </si>
   <si>
     <t>Altera a descrição da gleba a desapropriar, objeto do art. 1º da Lei Ordinária nº 024/2015, de 09 de abril de 2015, para atender nota de devolução do Oficial de Registro de Imóveis e Anexos da Comarca de Buritama.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/228/projeto_de_lei_012_2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/228/projeto_de_lei_012_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenção social ao Hospital de Base de São José do Rio Preto.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/229/projeto_de_lei_013_2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/229/projeto_de_lei_013_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aquisição de cestas básicas, com recursos próprios, para famílias em estado de vulnerabilidade no município de Planalto.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/234/projeto_014.2020-_ldo.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/234/projeto_014.2020-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício Financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/235/projeto_de_lei_do_executivo_016.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/235/projeto_de_lei_do_executivo_016.2020.pdf</t>
   </si>
   <si>
     <t>Denomina de “ANGELO ARNONI” o LANCHÓDROMO MUNICIPAL ou PRAÇÃ DE ALIMENTAÇÃO POPULAR”</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/231/projeto_de_lei_do_executivo_017.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/231/projeto_de_lei_do_executivo_017.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/232/projeto_de_lei_do_executivo_no_018.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/232/projeto_de_lei_do_executivo_no_018.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/236/projeto_de_lei_do_executivo_019.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/236/projeto_de_lei_do_executivo_019.2020.pdf</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/237/projeto_de_lei_do_executivo_no_020.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/237/projeto_de_lei_do_executivo_no_020.2020.pdf</t>
   </si>
   <si>
     <t>Altera o art.2º da Lei Municipal nº 014/2020, de 14 de maio de 2020.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/239/projeto_de_lei_do_executivo_021.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/239/projeto_de_lei_do_executivo_021.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIÁRIO OFICIAL ELETRÔNICO DO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/243/projeto_de_lei_022.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/243/projeto_de_lei_022.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AQUISIÇÃO DE COBERTORES, COM RECURSOS PRÓPRIOS, PARA FAMÍLIAS EM ESTADO DE VULNERABILIDADE NO MUNICÍPIO DE PLANALTO.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/244/projeto_de_lei_023.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/244/projeto_de_lei_023.2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL Nº 021/2020, DE 25 DE JUNHO DE 2020.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/245/projeto_de_lei_024.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/245/projeto_de_lei_024.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AQUISIÇÃO DE CESTAS BÁSICAS, COM RECURSOS PRÓPRIOS, PARA FAMÍLIAS EM ESTADO DE VULNERABILIDADE NO MUNICÍPIO DE PLANALTO.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AQUISIÇÃO DE CESTAS BÁSICAS, PARA FAMÍLIAS EM ESTADO DE VULNERABILIDADE NO MUNICÍPIO DE PLANALTO.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/248/projeto_de_lei_no_026.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/248/projeto_de_lei_no_026.2020.pdf</t>
   </si>
   <si>
     <t>Denomina de PROFESSORA "ELSA APARECIDA MOREIRA CHAVES" a BIBLIOTECA MUNICIPAL  e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/249/projeto_de_lei_no_027.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/249/projeto_de_lei_no_027.2020.pdf</t>
   </si>
   <si>
     <t>Denomina SENHORA "ODETE ALVES DE SOUZA" o prédio do FUNDO SOCIAL DE SOLIDARIEDADE DO MUNICÍPIO DE PLANALTO e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/250/03-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/250/03-2020.pdf</t>
   </si>
   <si>
     <t>Dispensa de pagamento enquanto perdurar a pandemia os contratos com a municipalidade para exploração de espaços públicos de qualquer  modalidade administrativa e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/251/projeto_029.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/251/projeto_029.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação de bem público e dá outras providências.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/254/projeto_lei_do_executivo_030.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/254/projeto_lei_do_executivo_030.2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/259/projeto_de_lei_no_031_2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/259/projeto_de_lei_no_031_2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação do LOTEAMENTO DE INTERESSE SOCIAL realizado pela Associação Planaltense Pró Habitação-APLAH.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/261/projeto_032.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/261/projeto_032.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a declarar como de utilidade pública e, assim, Desapropriar pelas vias amigável ou judicial, parte de imóvel rural que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/262/projeto_de_lei_no_033-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/262/projeto_de_lei_no_033-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/263/projeto__no_034_2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/263/projeto__no_034_2020.pdf</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/266/projeto__no_035_2020_-_lei_orcamentaria_2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/266/projeto__no_035_2020_-_lei_orcamentaria_2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do município de Planalto-SP, para o exercício de 2021.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/267/projeto_036.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/267/projeto_036.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenção social ao Lar dos Velhos São Camilo de Leles, na cidade de Buritma-SP.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/269/projeto_de_lei__do_executivo_037.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/269/projeto_de_lei__do_executivo_037.2020.pdf</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/272/projeto_de_lei_do_executivo_038.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/272/projeto_de_lei_do_executivo_038.2020.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei 030/2020 e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/273/projeto_de_lei_do_executivo_039.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/273/projeto_de_lei_do_executivo_039.2020.pdf</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/276/projeto_040.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/276/projeto_040.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal a conceder Bônus de R$ 600,00 (Seiscentos Reais) nos Tickets alimentação dos servidores públicos municipais permanentes, em comissão, aos estagiários e trabalhadores da frente de trabalho, exclusivamente para o mês de dezembro de 2020</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/277/scan0010.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/277/scan0010.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a declarar como de utilidade pública e, assim, Desapropriar pelas vias amigável ou judicial, parte de imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/278/projeto_de_lei_042_2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/278/projeto_de_lei_042_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura e Organização da Política Municipal de Assistência e Desenvolvimento Social de Planalto-SP , em consonância com o Sistema Único</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/279/projeto_de_lei_043_2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/279/projeto_de_lei_043_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Convênio com o SESI-Serviço Social da Indústria para fins de implantação do “Sistema SESI-SP de Ensino” no Ensino Infantil-04 e 05 anos nas Escolas Municipais de Planalto, visando o fortalecimento do projeto político-pedagógico e a melhoria dos resultados de cada escola envolvida, por meio de processos de formação continuada, acompanhamento técnico e avaliação das práticas de ensino e aprendizagem</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/207/digitalizacao_colorida_rapida_para_um_arquivo_pd_nEf1R6M.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/207/digitalizacao_colorida_rapida_para_um_arquivo_pd_nEf1R6M.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e extinção de empregos comissionados e d´outras providências.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/213/projeto_de_lei_complementar_002-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/213/projeto_de_lei_complementar_002-2020.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º da Lei Complementar nº 01/2020 para constar a referência e a remuneração do emprego de  DIRETOR MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/214/projeto_de_lei_complementar_003-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/214/projeto_de_lei_complementar_003-2020.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III da Lei Complementar Municipal nº 002/2018, para modificar a referência do emprego DIRETOR DE DIVISÃO DE ESPORTE E LAZER.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/216/complementar_04-20.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/216/complementar_04-20.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei Complementar Municipal 005/2020, para equiparação do piso municipal dos professores ao piso nacional, e modifica a carga horária professor de pré-escola, alterando o Anexo I da Lei Complementar nº 001/2019.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/217/projeto_de_lei_complementar_005-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/217/projeto_de_lei_complementar_005-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de emprego público, aumento de vagas e alteração de referência junto ao quadro de empregos permanentes do Município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/219/projeto_lei_comp._006-2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/219/projeto_lei_comp._006-2020.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei Municipal nº 005/2020, para equiparação do piso municipal dos professores ao piso nacional, e modifica a carga horária professor de pré-escola, alterando o Anexo I da Lei Complementar 001/2019.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/222/projeto_de_lei_complementar_007.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/222/projeto_de_lei_complementar_007.2020.pdf</t>
   </si>
   <si>
     <t>Aumenta o número de vaga junto ao emprego de provimento efetivo de MÉDICO DO PROGRAMA DA SAÚDE DA FAMÍLIA (PSF) junto ao município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>"Inclui no Anexo V da Lei Complementar nº 03/2018, as atribuições do emprego público de MONITOR DE TRANSPORTE ESCOLAR, PROFESSOR DE ARTES (EDUCAÇÃO BÁSICA II)  e GERENCIADOR MUNICIPAL, criados pela Lei Municipal nº 016/2019."</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/242/projeto_de_lei_complementar_009.2020_2.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/242/projeto_de_lei_complementar_009.2020_2.pdf</t>
   </si>
   <si>
     <t>Acrescenta o §3º ao art. 3º da Lei Complementar nº 006/2013.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/255/projeto_de_lei_complementar_010.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/255/projeto_de_lei_complementar_010.2020.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo IV da Lei Complementar Municipal nº 002/2018, para acrescentar, quanto às exigências dos empregos de Secretário Municipal, a comprovação de curso superior.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/270/prjeto_de_lei_complementar_011.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/270/prjeto_de_lei_complementar_011.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre afastamento não remunerado do servidor efetivo, para cuidar de assuntos particulares e dá outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/271/projeto_de_lei_complementar_012.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/271/projeto_de_lei_complementar_012.2020.pdf</t>
   </si>
   <si>
     <t>Atualiza o perímetro urbano do município de Planalto.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/274/projeto_de_lei_complementar_013.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/274/projeto_de_lei_complementar_013.2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO IV DA LEI COMPLEMENTAR MUNICIPAL Nº 003/2018, PARA MODIFICAR A REFERÊNCIA DOS EMPREGOS AGENTE COMUNITÁRIO DE SAÚDE E AGENTE SANITÁRIO.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/275/projeto_de_lei_complementar_014.2020_-_afastamento_nao_remunerado_-.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/275/projeto_de_lei_complementar_014.2020_-_afastamento_nao_remunerado_-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de licença não remunerada aos servidores públicos da administração direta, indireta, autarquica e funcional do município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/225/projeto_de_lei_no_001.2020_-_revisao_geral_anual_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/225/projeto_de_lei_no_001.2020_-_revisao_geral_anual_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SERVIDORES DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE PLANALTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/241/projeto_de_lei_legislativo_no_002.2020_-_denomin_vchyWDB.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/241/projeto_de_lei_legislativo_no_002.2020_-_denomin_vchyWDB.pdf</t>
   </si>
   <si>
     <t>Denomina de " Vitor Vicente de Godoy" o Parquinho que foi construído na Praça da Matriz do Município de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/258/projeto_de_lei_legislativo_no_03.2020_-_fixacao_dos_subsidios_do_prefeito_e_do_vice-prefeito.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/258/projeto_de_lei_legislativo_no_03.2020_-_fixacao_dos_subsidios_do_prefeito_e_do_vice-prefeito.pdf</t>
   </si>
   <si>
     <t>Fixa os Subsídios mensais do Prefeito e do Vice-Prefeito do município de Planalto para o quadriênio 2021-2014 e dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/260/projeto_de_decreto_legislativo_001.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/260/projeto_de_decreto_legislativo_001.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação do Parecer Prévio do E. Tribunal de Contas e da Rejeição das Contas da Prefeitura Municipal de Planalto Exercício de 2016”.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/256/projeto_de_resolucao_no_001.2020_-_fixacao_do_subsidio_dos_vereadoes_e_do_presidente_da_camara.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/256/projeto_de_resolucao_no_001.2020_-_fixacao_do_subsidio_dos_vereadoes_e_do_presidente_da_camara.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios mensais dos Vereadores e do Presidente da Câmara para o quadriênio 2021-2024 e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>BENEDITO LOURENÇO MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/226/indicacao_-_001.2020_-_benedito_lourenco_moreira_XKquPws.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/226/indicacao_-_001.2020_-_benedito_lourenco_moreira_XKquPws.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que denomine de Lanchódromo Municipal, cada uma das unidades que possuem dois quiosques com as seguintes denominações: Angelo Arnoni, Gilmar Mello dos Santos e Aparecida Melo Arnoni.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/230/indicacao_no_002.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/230/indicacao_no_002.2020.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo.Sr.Prefeito Municipal que faça a alteração do nome atual da Creche Municipal “Sementinha da Vida”, para que passe a denominar “Creche Municipal José Marcos de Paula”,</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/233/indicacao_-_003-_alessandro_de_falchi_bonfim_-_t_4pv3njd.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/233/indicacao_-_003-_alessandro_de_falchi_bonfim_-_t_4pv3njd.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que faça um levantamento junto à Secretaria Municipal de Saúde, bem como, o corpo médico do nosso município e órgãos competentes da área da medicina, a respeito da necessidade de aquisição do Teste (PCR) para a COVID 19 e, caso seja viável que autorize a realização de licitação para a compra de tal teste para o nosso município.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/238/indicacao_004.2020-alessandro_bonfim.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/238/indicacao_004.2020-alessandro_bonfim.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que providencie a sinalização vertical das 5 (cinco) Vielas existentes na Avenida Dom Pedro II, bem como da Viela existente na Rua Floriano Peixoto._x000D_
 Indica, ainda, que seja providenciada a sinalização Vertical das Ruas do Loteamento Antônio Felipe Passetti, bem como do residencial Santa Terezinha._x000D_
 No mais, indica que o Exmo. Prefeito Municipal intervenha junto aos CORREIOS para que seja efetuada a entrega de correspondências em ambos os bairros supramencionados._x000D_
 Por fim, indica que seja efetuada um levantamento em toda a cidade, pelo setor competente do executivo municipal para que seja constatado os locais que não tenham sinalização vertical para que seja efetuada a mesma.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>José Roberto de Godoy</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/240/i_n_d_i_c_a_c_a_o__no_005.2020-jose_roberto_de_godoy.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/240/i_n_d_i_c_a_c_a_o__no_005.2020-jose_roberto_de_godoy.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo  que intervenha junto ao órgão responsável, para que viabilize a Sinalização Horizontal  na Rodovia Vicinal Olimpio Rodrigues Chaves, que liga Planalto a Zacarias.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>ROSIMEIRE BARBOSA SILVÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/253/indicacao_006.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/253/indicacao_006.2020.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que providencie a aquisição de um Bebedouro D’ Água para a UBS nova.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/257/indicacao_007.2020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/257/indicacao_007.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a concretagem dos canteiros centrais de nosso município em todos os lugares onde ainda não estão concretados.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>THIAGO TOBIAS CARMO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/264/indicacao_008.2020-_thiago.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/264/indicacao_008.2020-_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a instalação de uma Placa de Sinalização para parada de veículo oficial da Policia Militar, tanto na Rua Luiz Américo de Freitas, quanto na Avenida Rui Barbosa.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que intervenha junto à superintendência do Banco do Brasil, para que seja providenciada a contratação de mais funcionários, bem como para que seja providenciada a colocação de bancos e tendas nas proximidades da Agência do Banco do Brasil, localizada no nosso município.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/268/indicacao_no_010.2020-jose_roberto_de_godoy.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/268/indicacao_no_010.2020-jose_roberto_de_godoy.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que seja concedida uma Bonificação Natalina no valor de até R$ 600,00 (Seiscentos Reais) para cada servidor público.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Moção de Aplauso à Polícia Militar de Planalto.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>DNC</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
@@ -1212,68 +1212,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/206/lc_l_ckl_pl.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/208/projeto_de_lei_002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/209/projeto_lei_003-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/210/projeto_de_lei_004-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/211/projeto_de_lei_005-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/212/projeto__006.2020_-_autoriza_o_executivo_a_conce_JePB35D.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/215/projeto_de_lei_executivo_007.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/220/projeto_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/221/projeto_de_lei_n_10-20_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/227/projeto_de_lei_011_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/228/projeto_de_lei_012_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/229/projeto_de_lei_013_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/234/projeto_014.2020-_ldo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/235/projeto_de_lei_do_executivo_016.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/231/projeto_de_lei_do_executivo_017.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/232/projeto_de_lei_do_executivo_no_018.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/236/projeto_de_lei_do_executivo_019.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/237/projeto_de_lei_do_executivo_no_020.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/239/projeto_de_lei_do_executivo_021.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/243/projeto_de_lei_022.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/244/projeto_de_lei_023.2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/245/projeto_de_lei_024.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/248/projeto_de_lei_no_026.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/249/projeto_de_lei_no_027.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/250/03-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/251/projeto_029.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/254/projeto_lei_do_executivo_030.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/259/projeto_de_lei_no_031_2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/261/projeto_032.2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/262/projeto_de_lei_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/263/projeto__no_034_2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/266/projeto__no_035_2020_-_lei_orcamentaria_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/267/projeto_036.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/269/projeto_de_lei__do_executivo_037.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/272/projeto_de_lei_do_executivo_038.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/273/projeto_de_lei_do_executivo_039.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/276/projeto_040.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/277/scan0010.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/278/projeto_de_lei_042_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/279/projeto_de_lei_043_2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/207/digitalizacao_colorida_rapida_para_um_arquivo_pd_nEf1R6M.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/213/projeto_de_lei_complementar_002-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/214/projeto_de_lei_complementar_003-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/216/complementar_04-20.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/217/projeto_de_lei_complementar_005-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/219/projeto_lei_comp._006-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/222/projeto_de_lei_complementar_007.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/242/projeto_de_lei_complementar_009.2020_2.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/255/projeto_de_lei_complementar_010.2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/270/prjeto_de_lei_complementar_011.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/271/projeto_de_lei_complementar_012.2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/274/projeto_de_lei_complementar_013.2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/275/projeto_de_lei_complementar_014.2020_-_afastamento_nao_remunerado_-.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/225/projeto_de_lei_no_001.2020_-_revisao_geral_anual_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/241/projeto_de_lei_legislativo_no_002.2020_-_denomin_vchyWDB.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/258/projeto_de_lei_legislativo_no_03.2020_-_fixacao_dos_subsidios_do_prefeito_e_do_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/260/projeto_de_decreto_legislativo_001.2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/256/projeto_de_resolucao_no_001.2020_-_fixacao_do_subsidio_dos_vereadoes_e_do_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/226/indicacao_-_001.2020_-_benedito_lourenco_moreira_XKquPws.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/230/indicacao_no_002.2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/233/indicacao_-_003-_alessandro_de_falchi_bonfim_-_t_4pv3njd.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/238/indicacao_004.2020-alessandro_bonfim.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/240/i_n_d_i_c_a_c_a_o__no_005.2020-jose_roberto_de_godoy.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/253/indicacao_006.2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/257/indicacao_007.2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/264/indicacao_008.2020-_thiago.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/268/indicacao_no_010.2020-jose_roberto_de_godoy.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/206/lc_l_ckl_pl.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/208/projeto_de_lei_002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/209/projeto_lei_003-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/210/projeto_de_lei_004-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/211/projeto_de_lei_005-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/212/projeto__006.2020_-_autoriza_o_executivo_a_conce_JePB35D.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/215/projeto_de_lei_executivo_007.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/220/projeto_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/221/projeto_de_lei_n_10-20_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/227/projeto_de_lei_011_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/228/projeto_de_lei_012_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/229/projeto_de_lei_013_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/234/projeto_014.2020-_ldo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/235/projeto_de_lei_do_executivo_016.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/231/projeto_de_lei_do_executivo_017.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/232/projeto_de_lei_do_executivo_no_018.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/236/projeto_de_lei_do_executivo_019.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/237/projeto_de_lei_do_executivo_no_020.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/239/projeto_de_lei_do_executivo_021.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/243/projeto_de_lei_022.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/244/projeto_de_lei_023.2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/245/projeto_de_lei_024.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/248/projeto_de_lei_no_026.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/249/projeto_de_lei_no_027.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/250/03-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/251/projeto_029.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/254/projeto_lei_do_executivo_030.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/259/projeto_de_lei_no_031_2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/261/projeto_032.2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/262/projeto_de_lei_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/263/projeto__no_034_2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/266/projeto__no_035_2020_-_lei_orcamentaria_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/267/projeto_036.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/269/projeto_de_lei__do_executivo_037.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/272/projeto_de_lei_do_executivo_038.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/273/projeto_de_lei_do_executivo_039.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/276/projeto_040.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/277/scan0010.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/278/projeto_de_lei_042_2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/279/projeto_de_lei_043_2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/207/digitalizacao_colorida_rapida_para_um_arquivo_pd_nEf1R6M.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/213/projeto_de_lei_complementar_002-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/214/projeto_de_lei_complementar_003-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/216/complementar_04-20.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/217/projeto_de_lei_complementar_005-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/219/projeto_lei_comp._006-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/222/projeto_de_lei_complementar_007.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/242/projeto_de_lei_complementar_009.2020_2.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/255/projeto_de_lei_complementar_010.2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/270/prjeto_de_lei_complementar_011.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/271/projeto_de_lei_complementar_012.2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/274/projeto_de_lei_complementar_013.2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/275/projeto_de_lei_complementar_014.2020_-_afastamento_nao_remunerado_-.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/225/projeto_de_lei_no_001.2020_-_revisao_geral_anual_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/241/projeto_de_lei_legislativo_no_002.2020_-_denomin_vchyWDB.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/258/projeto_de_lei_legislativo_no_03.2020_-_fixacao_dos_subsidios_do_prefeito_e_do_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/260/projeto_de_decreto_legislativo_001.2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/256/projeto_de_resolucao_no_001.2020_-_fixacao_do_subsidio_dos_vereadoes_e_do_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/226/indicacao_-_001.2020_-_benedito_lourenco_moreira_XKquPws.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/230/indicacao_no_002.2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/233/indicacao_-_003-_alessandro_de_falchi_bonfim_-_t_4pv3njd.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/238/indicacao_004.2020-alessandro_bonfim.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/240/i_n_d_i_c_a_c_a_o__no_005.2020-jose_roberto_de_godoy.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/253/indicacao_006.2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/257/indicacao_007.2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/264/indicacao_008.2020-_thiago.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2020/268/indicacao_no_010.2020-jose_roberto_de_godoy.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="167.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="166.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>