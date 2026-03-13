--- v0 (2025-12-01)
+++ v1 (2026-03-13)
@@ -54,1435 +54,1435 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_executivo_001.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_executivo_001.2021.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei nº 030/2018, de 20 de setembro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_executivo_002.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_executivo_002.2021.pdf</t>
   </si>
   <si>
     <t>Altera os § 3º e § 4º do artigo 1º da Lei Municipal nº 001/2016, de 11 de fevereiro de 2016</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_do_executivo_003.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_do_executivo_003.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de cestas básicas às famílias de baixa renda e dá outras providências legais que especifica</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_004.2021_-_cacambas_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_004.2021_-_cacambas_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa Caçamba Cidadã e dá outras providências.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/286/projeto_005.2021_-_cria_centro_municipal_educacao_infantil.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/286/projeto_005.2021_-_cria_centro_municipal_educacao_infantil.pdf</t>
   </si>
   <si>
     <t>Fica criado o (CMEI) Centro Municipal de Educação Infantil Prof.José Marcos de Paula e dá outras providências.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/287/projeto_006.2021_desapropriacao_para_moradias_pessoas_carentes_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/287/projeto_006.2021_desapropriacao_para_moradias_pessoas_carentes_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Desapropriar pelas vias amigáveis ou judiciais partes de imóveis rurais e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_007.2021_-_regulamenta_bebeficios_assistencia_social.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_007.2021_-_regulamenta_bebeficios_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Define e Regulamenta os Benefícios Eventuais no âmbito da Política Municipal de Assistência e Desenvolvimento Social do Município de Planalto/SP.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/289/projeto_de_lei_do_executivo_008.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/289/projeto_de_lei_do_executivo_008.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_009.2021__-_programa_educacao_para_todos.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_009.2021__-_programa_educacao_para_todos.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE AUXÍLIO ESTUDANTE, DENOMINADO: "EDUCAÇÃO PARA TODOS" A CURSOS UNIVERSITÁRIOS, CURSOS TÉCNICOS, TECNÓLOGOS E PROFISSIONALIZANTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/291/projeto_010.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/291/projeto_010.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Perícias Médicas, Readaptação de Função e Avaliação de Atestado dos servidores municipais e dá outras providências</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/292/projeto_011.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/292/projeto_011.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Município de Planalto a formalizar contrato de locação de espaço com estrutura completa de lava jato para manutenção e limpeza dos veículos da frota municipal e dá outras providências.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/293/projeto_012.2021_-_apae__santa_casa.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/293/projeto_012.2021_-_apae__santa_casa.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenções sociais as entidades filantrópicas que especifica, dando outras providências legais</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/294/projeto_013.2021_-_concessao_direito_uso_sabesp.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/294/projeto_013.2021_-_concessao_direito_uso_sabesp.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a outorgar concessão de direito real de uso de áreas que especifica, à Companhia de Saneamento Básico do Estado de São Paulo-SABESP e dá outras providências</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/295/projeto_014.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/295/projeto_014.2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei 003/2019, de 11 de fevereiro de 2019, que trata da descrição do imóvel rural</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_015.2021_-__auxilio_alunos__faculdades2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_015.2021_-__auxilio_alunos__faculdades2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRMA MUNICIPAL DE AUXÍLIO ESTUDANTE, DENOMINADO: "EDUCAÇÃO PARA TODOS" DESTINADO A CURSOS UNIVERSITÁRIOS, CURSOS UNIVERSITÁRIOS, CURSOS TÉCNICOS, TECNÓLOGOS E PROFISSIONALIZANTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_016.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_016.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a transferência mediante termo de cessão de uso de quatro câmeras, dando outras providências legais.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/310/projeto_017.2021__-_aquisicao_de_vacinas.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/310/projeto_017.2021__-_aquisicao_de_vacinas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a comprar vacinas com eficácia comprovada contra o COVID-19, aprovada pela Anvisa e não fornecidas pelo Programa Nacional de Imunização e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/312/projeto_018.2021_-_frente_nacional_de_prefeitos.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/312/projeto_018.2021_-_frente_nacional_de_prefeitos.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado a firmar protocolo de intenções junto a Frente Nacional de Prefeitos (FNP e dá outras providências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/320/projeto_de_lei_do_executivo_019.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/320/projeto_de_lei_do_executivo_019.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação Básica-CACS-FUNDEB, do Município de PLANALTO-SP, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da lei Federal nº 14.113, de 25 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/321/projeto_020.2021_-_autoriza_firmar__convenio__santa_casa_de_jose_bonifacio.doc</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/321/projeto_020.2021_-_autoriza_firmar__convenio__santa_casa_de_jose_bonifacio.doc</t>
   </si>
   <si>
     <t>Autoriza o Município de Planalto a assinar Termo de Convênio com a Santa Casa de Misericórdia de José Bonifácio para fins de assegurar os atendimentos de Pronto Socorro COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/325/projeto_021.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/325/projeto_021.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a alterar o artigo 3º da Lei 018/2021 e dá outras providências legais.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/326/projeto_22.2021_-_programa_vale_gas.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/326/projeto_22.2021_-_programa_vale_gas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do "PROGRAMA VALE GÁS" para distribuir gás de cozinha em botijão-GLP (gás liquefeito de petróleo) ou disponibilizar vale gás às famílias em situação de maior vulnerabilidade social no município de Planalto-SP e dá outras providências.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/327/projeto_023.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/327/projeto_023.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a antecipar feriados municipais, por Decreto, durante a atual emergência de saúde pública de importância internacional decerrente do Coronavírus.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão para alienar veículo declarados inservíveis.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/334/projeto_025.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/334/projeto_025.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover Leilão para alienar bens móveis, sucata eletrônica de informática, ferro e outros.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/335/projeto_026.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/335/projeto_026.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para contratação de trabalho voluntário e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/344/projeto_029.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/344/projeto_029.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2022 e dá outras providências</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/345/projeto_030.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/345/projeto_030.2021.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Plurianual do Município de Planalto-SP, para o quadriênio de 2022 a 2025 e dá outras providências legais.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/339/projeto_031.2021_-_ouvidoria.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/339/projeto_031.2021_-_ouvidoria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Ouvidoria no município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/340/projeto_032.2021_-_repasse_hb.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/340/projeto_032.2021_-_repasse_hb.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenções sociais a entidade filantrópica que especifica, dando outras providências legais.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/346/projeto_033.2021_-_define_requisao_de_pequenos_valores_-_rpv.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/346/projeto_033.2021_-_define_requisao_de_pequenos_valores_-_rpv.pdf</t>
   </si>
   <si>
     <t>Define, para os fins previstos nos parágrafos 3º e 4º do artigo 100 da Constituição da República Federativa do Brasil, as obrigações de pequeno valor RPV, decorrentes de decisões judiciais transitadas em julgado e dá outras providências legais.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Dispõe sobre correção de erro material na indicação de dispositivo de Lei que especifica.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/350/projeto_035.2021_-_lanchodromo.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/350/projeto_035.2021_-_lanchodromo.pdf</t>
   </si>
   <si>
     <t>Altera a redação, inclui e revoga artigos da Lei Complementar nº 011 de 12 de dezembro de 2019, que cria o LANCHÓDROMO MUNICIPAL  ou PRAÇA DE ALIMENTAÇÃO  e dá outras providências.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Institui o Diário Oficial Eletrônico do município de Planalto como veículo oficial de comunicação dos atos normativos administrativos e dá outras providências.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/352/projeto_037.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/352/projeto_037.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre correção de erro material na Indicação de dispositivo legal de Lei que especifica.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/356/projeto_038.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/356/projeto_038.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenção social ao Lar dos Velhos São Camilo de Leles, na cidade de Buritama-SP</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/357/projeto_039.2021_-plantoes_saude.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/357/projeto_039.2021_-plantoes_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema de prestação de serviços de plantões eventuais no âmbito do Setor de Saúde do município e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/358/projeto_de_lei_040.2021_desapropriacao_-_pedro_ruiz_pereira.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/358/projeto_de_lei_040.2021_desapropriacao_-_pedro_ruiz_pereira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESAPROPRIAR PELAS VIAS AMIGÁVEIS OU JUDICIAIS PARTES DE IMÓVEIS RURAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/359/projeto_de_lei_041.2021_revoga_inciso_vii_da_lei_006.2020_-_benfeitorias.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/359/projeto_de_lei_041.2021_revoga_inciso_vii_da_lei_006.2020_-_benfeitorias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DE DISPOSITIVO DE LEI QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA LEI 004/2021, DE 29 DE JANEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/363/projeto_043.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/363/projeto_043.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operaçaõ de crédito com o Banco do brasil S.A com garantia da União e dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/364/projeto_044.2021_-_plantoes_durante_a_pandemia_covid_19.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/364/projeto_044.2021_-_plantoes_durante_a_pandemia_covid_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de serviços de plantões durante o período de Pandemia de Covid-19 pelos servidores da vigilância sanitária do município e dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/365/projeto_045.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/365/projeto_045.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber para doação os imóveis constantes no Memorial Descritivo anexo e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/367/projeto_de_lei_no046.2021_termo_de_convenio_-santa_casa___-_atendimento_de_covid.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/367/projeto_de_lei_no046.2021_termo_de_convenio_-santa_casa___-_atendimento_de_covid.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Planalto a assinar Termo de Convênio com a Santa  Casa de Misericórdia de José Bonifácio para assegurar atendimentos de Pronto Socorro na área de Covid-19  e dá outras providências legais.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/368/projeto_de_lei_no047.2021_criacao_de_ficha_de_dotacao___orcamentaria.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/368/projeto_de_lei_no047.2021_criacao_de_ficha_de_dotacao___orcamentaria.pdf</t>
   </si>
   <si>
     <t>Autoriza a Contabilidade do município a  criar uma ficha de dotação orçamentária para o exercício de 2021 e dá  outras providências legais.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/369/projeto_048.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/369/projeto_048.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal a receber mediante repasse efetuado pelo Governo do Estado de São Paulo, através da Secretaria de Desenvolvimento Regional</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/370/projeto_049.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/370/projeto_049.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/371/projeto_050.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/371/projeto_050.2021.pdf</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/372/projeto_de_lei_numero_051.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/372/projeto_de_lei_numero_051.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da carga horária e remuneração dos empregos de farmacêuticos e dá outras providências.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/376/projeto_052.2021-_convenio_der.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/376/projeto_052.2021-_convenio_der.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo Municipal Firmar Convênio com o Departamento de Estradas de Rodagem do Estado de São Paulo DER/SP e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/380/projeto_053.2021_-_altera_ldo_2022.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/380/projeto_053.2021_-_altera_ldo_2022.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo V e VI da Lei de Diretrizes Orçamentárias-LDO, relativo ao exercício de 2022.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/381/projeto_054.2021_-_altera__anexo_ppa.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/381/projeto_054.2021_-_altera__anexo_ppa.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III do Plano Plurianual 2022/2025, relativo ao exercício de 2022.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/382/projeto_055.2021_-_orcamento_2022.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/382/projeto_055.2021_-_orcamento_2022.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Planalto-SP, para o exercício de 2022.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/379/projeto_056.2021_-_credito_suplementar_2.054.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/379/projeto_056.2021_-_credito_suplementar_2.054.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/388/projeto_057.2021__-_credito_especial_-_drenagem_-_jardim__primavera.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/388/projeto_057.2021__-_credito_especial_-_drenagem_-_jardim__primavera.pdf</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_no_058.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_no_058.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo Municipal a desapropriar pelas vias amigáveis ou judiciais imóveis urbanos  e dá outras providências</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_059.2021_-__concessao_de_uso_ubs_rene_monteiro_braga.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_059.2021_-__concessao_de_uso_ubs_rene_monteiro_braga.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de uso gratuito de imóvel localizado na Avenida Rio Branco nº 1118 e dá outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/395/projeto_060.2021___credito_especial_-_pavimentacao_asfaltica_guias_e_sarjetas__350.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/395/projeto_060.2021___credito_especial_-_pavimentacao_asfaltica_guias_e_sarjetas__350.00000.pdf</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_061.2021_-_credito_especial_-_iluminacao_da_praca_e_recapeamento_em_pracas_500.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_061.2021_-_credito_especial_-_iluminacao_da_praca_e_recapeamento_em_pracas_500.00000.pdf</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/397/projeto_062.2021_-_construir_banheiros_sanitarios_mesas_e_cadeiras_caido.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/397/projeto_062.2021_-_construir_banheiros_sanitarios_mesas_e_cadeiras_caido.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal construir banheiros sanitários, mesas e cadeiras no Caidô.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/399/projeto_063.2021_-_arrendar_propriedade_rural_destinado_ao_plantio_de_lavoura.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/399/projeto_063.2021_-_arrendar_propriedade_rural_destinado_ao_plantio_de_lavoura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a arrendar propriedade rural e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/400/projeto_064.2021_-_altera_artigo_da_lei_039-2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/400/projeto_064.2021_-_altera_artigo_da_lei_039-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre correção de erro material na indicação de dispositivo de Lei que especifica</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/401/projeto_065.2021_-_operacao_credito_cx_federal_1.200.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/401/projeto_065.2021_-_operacao_credito_cx_federal_1.200.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal e dá outras providências</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/402/projeto_066.2021_-_cria_gratificacao_deempenho_atividade_delegada.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/402/projeto_066.2021_-_cria_gratificacao_deempenho_atividade_delegada.pdf</t>
   </si>
   <si>
     <t>Cria gratificação por Desempenho de Atividade Delegada nos termos que especifica, a ser paga aos Militares que exercem atividade municipal delegada ao Estado de São Paulo, por força de Convênio a ser celebrado com o município de Planalto e dá outras providências</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/403/projeto_de_lei_no_067.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/403/projeto_de_lei_no_067.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a receber, em doação com ônus ou encargos, uma área de terras localizada na quadra 56, matrículas 14.317 do Serviço de Registro Imobiliário da Comarca de Buritama.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/404/projeto_068.2021_-_autoriza_abertura_de_credito_adicional_350.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/404/projeto_068.2021_-_autoriza_abertura_de_credito_adicional_350.00000.pdf</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/405/projeto_069.2021_-_subvencao_social__santa_casa_de_jose_bonifacio.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/405/projeto_069.2021_-_subvencao_social__santa_casa_de_jose_bonifacio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de concessão de repasses e subvenções sociais a entidade filantrópica que especifica, dando outras providências legais.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/406/projeto__070.2021_-_credito_suplementar_130.00000_caminhao_bau.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/406/projeto__070.2021_-_credito_suplementar_130.00000_caminhao_bau.pdf</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/408/projeto_de_lei_071.2021_altera_artigo_da_lei_0061.2021_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/408/projeto_de_lei_071.2021_altera_artigo_da_lei_0061.2021_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL 061/2021, DE 18 DE NOVEMBRO  DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/409/projeto_de_lei_no072.2021_bonus_no_tickets_alimentacao_dos_servidores.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/409/projeto_de_lei_no072.2021_bonus_no_tickets_alimentacao_dos_servidores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL PARA CONCEDER BÔNUS DE R$ 300,00 (TREZENTOS REAIS), NOS TICKETS ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS EFETIVOS E EM COMISSÃO, EXCLUSIVAMENTE PARA O MÊS DE DEZEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/410/projeto_de_lei_073.2021_convenio_lar_dos_velhos_sao_camilo_de_lelis_buritama.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/410/projeto_de_lei_073.2021_convenio_lar_dos_velhos_sao_camilo_de_lelis_buritama.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Planalto a assinar termo de convênio com o "Lar dos velhos São Camilo de Leles" de Buritama para fins de assegurar acolhimentos de idosos de ambos os sexos em situação de vulnerabilidade social e dá  outras providências legais.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/411/projeto_de_lei_074.2021_isencao_tributaria_-_itbi_-_aplah.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/411/projeto_de_lei_074.2021_isencao_tributaria_-_itbi_-_aplah.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de incidência tributária nas condições que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_comp.001.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_comp.001.2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei Complementar nº 012/2019 de 12/12/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_comp.002.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_comp.002.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção da taxa de serviço de cemitério (sepultamento)a pessoas carentes do Município de Planalto e dá outras providências</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_complementar_003.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_complementar_003.2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei Complementar nº 006/2019, de 26 de setembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/336/projeto_de_lei_complementar_004.2021_-_lanchodromo.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/336/projeto_de_lei_complementar_004.2021_-_lanchodromo.pdf</t>
   </si>
   <si>
     <t>Altera a tabela IV do anexo IV da lei Complementar 001/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROMOVER CAMPANHA DE ESTÍMULO A ARRECADAÇÃO DO MUNICÍPIO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA, IPTU E TAXA DE LIMPEZA PÚBLICA, MEDIANTE REALIZAÇÃO DE SORTEIOS DE PRÊMIOS, COMO MEIO DE AUXILIAR A FISCALIZAÇÃO E MELHORAR A ARRECADAÇÃO DE TRIBUTOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_lei_complementar_007.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_lei_complementar_007.2021.pdf</t>
   </si>
   <si>
     <t>Atualiza o perímetro urbano do município de Planalto.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/407/projeto_de_lei_complementar_no008.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/407/projeto_de_lei_complementar_no008.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE EMPREGOS DE  PROVIMENTO EFETIVO JUNTO AO MUNICÍPIO DE PLANALTO E DÁ OUTRAS DPROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/377/projeto_de_decreto_legislativo_002.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/377/projeto_de_decreto_legislativo_002.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Parecer Prévio do E.Tribunal de Contas e da Aprovação das Contas da Prefeitura Municipal de Planalto, exercício de 2019</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>José Roberto de Godoy</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/398/projeto_de_decreto_legislativo_no_003.2021_-_homenageia_a_policia_militar.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/398/projeto_de_decreto_legislativo_no_003.2021_-_homenageia_a_policia_militar.pdf</t>
   </si>
   <si>
     <t>Concede Homenagem à Polícia Militar de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_decreto_legislativo_no_003.2021_-_homenageia_a_policia_militar.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_decreto_legislativo_no_003.2021_-_homenageia_a_policia_militar.pdf</t>
   </si>
   <si>
     <t>Concede homenagem à Polícia Militar de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gercimar Maximiliano de Matos</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_-_001_-_gercimar_maximiliano_de_matos_-_agencia_do_banco_bradesco_no_municipio.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_-_001_-_gercimar_maximiliano_de_matos_-_agencia_do_banco_bradesco_no_municipio.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que intervenha junto aos Diretores do Banco Bradesco, pra que seja instalada uma agência no município de Planalto.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_-_002_-_gercimar_maximiliano_de_matos_-_conserto_dos_brinquedos_do_parquinho_da_praca_central.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_-_002_-_gercimar_maximiliano_de_matos_-_conserto_dos_brinquedos_do_parquinho_da_praca_central.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que providencie o conserto dos brinquedos instalados no parquinho municipal da Praça Central do nosso município, tendo em vista que grande parte dos mesmos encontram-se quebrados.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>THIAGO TOBIAS CARMO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_-_003_-_thiago_tobias_carmo_da_silva_-_construcao_de_sanitarios_no_lanchodromo_da_praca_central.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_-_003_-_thiago_tobias_carmo_da_silva_-_construcao_de_sanitarios_no_lanchodromo_da_praca_central.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que providencie a construção de sanitários no lanchódromo da Praça Central.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Jesus Aparecido do Prado</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_-_004_-_jesus_aparecido_do_prado_-_reconstrucao_do_asfalto_e_guias_de_sargenta_nas_proximidades_das_casas_do_popular_toni_violeiro_moises_e_padaria_do_popular_bilinha.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_-_004_-_jesus_aparecido_do_prado_-_reconstrucao_do_asfalto_e_guias_de_sargenta_nas_proximidades_das_casas_do_popular_toni_violeiro_moises_e_padaria_do_popular_bilinha.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que Reconstrua as guias de sarjeta e os asfaltos em frente as casas do Senhor Moisés, bem como, do popular “Toni Violeiro”, cujos imóveis estão localizados na altura do número 721, mais precisamente no entroncamento da Avenida Carlos Gomes com a Rua Angelo de Souza.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que cobre os proprietários rurais de áreas que fazem divisa com o município para que façam ou providenciem o conserto das cercas lindeiras já existentes.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>INDICA  ao Exmo. Sr. Prefeito Municipal que coloque as Placas de Denominação das ruas, bem como, que seja feita a roçagem do mato dos terrenos no Loteamento residencial Antonio Felipe Passetti, ou que a prefeitura cobre dos proprietários dos lotes para que cuidem melhor de suas áreas.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_-_007_-_gercimar_maximiliano_de_matos_-_reforma_da_praca_da_biblia.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_-_007_-_gercimar_maximiliano_de_matos_-_reforma_da_praca_da_biblia.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que providencie a reforma da Praça da Bíblia.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_008.2021-gercimar.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_008.2021-gercimar.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que construa 02 (duas) lombadas na Avenida D. Pedro II, nas seguintes imediações a saber:_x000D_
 Uma na esquina com a Rua Pompílio Fernandes Pereira, e a outra na esquina com a Rua Marino Menandro.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>LEANDRO BATISTA DIONISIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_009.2021-leandro.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_009.2021-leandro.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que conceda um aumento no Vale Alimentação dos funcionários do Executivo Municipal.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que a Prefeitura municipal recolha, com o consentimento dos proprietários, toda a sobra de material derivado de construção civil.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Devair Fernandes Costa</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_012.2021-devair.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_012.2021-devair.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que entre em contato com a empresa de ônbus Celico para que possa retornar o horário das 15h00 horas, com destino a São José do Rio Preto.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_013.2021-_devair.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_013.2021-_devair.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que sinalize através de placas, autorizando somente a Polícia Militar a adentrar com a viatura na praça, entrada essa que está localizada em frente ao estacionamento do lanchódromo e ao lado do Parquinho Municipal.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que coloque grades no prédio do velório municipal.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Guilherme Silva Bonfim</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_015.2021-guilherme.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_015.2021-guilherme.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que Promova a revitalização da Praça, que fica na esquina da Rua Floriano Peixoto com a Avenida Altino Arantes.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_016.2021-_jesus.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_016.2021-_jesus.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que coloque cestos de lixo em ambas as praças supramencionadas, razão pela qual se faz necessária a colocação de cestos de lixo.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que providencie a revitalização e ampliação da Pista de Caminhada sentido Cemitério Municipal com ciclovia e iluminação.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que providencie a iluminação no Estádio Municipal Melchiades Rodrigues Chaves.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que providencie a redução de carga horária do servidor público municipal, bem como, indico a redução nos horários de atendimento ao público e na medida do possível a realização de rodízio entre os funcionários públicos, evitando assim a aglomeração de pessoas.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_020.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_020.2021.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo Sr.Prefeito municipal que viabilize um espaço para a construção de um Parque Industrial no nosso município.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_021.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_021.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que faça um Decreto obrigando os munícipes planaltenses  que estiverem com o CORONAVÍRUS  a usarem pulseira de identificação.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_022.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_022.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que providencie a revitalização do Recinto Municipal, bem como da Barraca instalada dentro do mesmo.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_023.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_023.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito municipal que faça um Projeto de Lei para ajudar o comércio local, no sentido de conceder isenção de IPTU àqueles que possuem imóvel próprio, além de um subsídio aos que pagam aluguel, principalmente aos pequenos comerciantes que estão sendo afetados diretamente pela Pandemia e que estão cumprindo as restrições impostas pelos Decretos do Governo do Estado e Municipal.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_024.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_024.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que, em virtude da pandemia, adie e prorrogue o prazo para pagamento de IPTU e ISS dos setores produtivos do comércio de nossa cidade, em detrimento ao momento econômico desfavorável e avassalador que atravessa o país, estado e o município de Planalto-SP.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_025.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_025.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que faça melhorias no Complexo Turístico Caidô, tais como, energia elétrica, quiosques, churrasqueiras, lixeiras e limpeza pública.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que promova o cadastramento do nosso município na MIT (Município de Interesse Turístico), bem como, que crie o COMTUR ( Conselho Municipal de Turismo).</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a revitalização da Praça Central do nosso município.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_028.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_028.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a revitalização do Campo de Botcha que fica ao lado da Quadra da Cidadania.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_029.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_029.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a construção de guias e a concretagem da parte nova do Cemitério Municipal.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/632/indicacao_030.2021_20240726_131700.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/632/indicacao_030.2021_20240726_131700.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr.Prefeito que providencie a instalação de iluminação nas entradas da cidade, sentido josé Bonifácio e Nipoã, mais precisamente nas proximidades da UBS Renê Monteiro Braga, bem como do antigo Secador de Grãos respectivamente.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_-_032_-_alessandro_de_falchi_bonfim_-_apoio_aos_proprietarios_para_individualizacao_das_glebas_do__banco_da_terra.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_-_032_-_alessandro_de_falchi_bonfim_-_apoio_aos_proprietarios_para_individualizacao_das_glebas_do__banco_da_terra.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr.Prefeito Municipal que apoie os proprietários do Banco da Terra (Associação dos Pequenos Produtores Rurais do município de Planalto) para que promovam a individualização de suas glebas.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_-_033_-_jesus_aparecido_do_prado_-_construcao_de_abrigo_e_faixa_elevada.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_-_033_-_jesus_aparecido_do_prado_-_construcao_de_abrigo_e_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr.Prefeito Municipal que providencie a construção de um abrigo para os estudantes, bem como de uma travessia elevada nas proximidades da rua José do Patrocínio, esquina com a Rua Anésio Dias dos Santos.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_034.2021_20240726_103455.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_034.2021_20240726_103455.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr.Prefeito Municipal que providencia a instalação  de iluminação na Rua José do Patrocínio, nas proximidades da Creche Escola José Marcos de Paula.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>Indica ao Sr.Prefeito Municipal que faça a troca das lâmpadas queimadas, impossibilitando a caminhada dos munícipes que utilizam a pista para se exercitarem durante à noite.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_-_037_-_devair_fernandes_costa_-_boletim_de_vacinacao_da_covid_19.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_-_037_-_devair_fernandes_costa_-_boletim_de_vacinacao_da_covid_19.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que a prefeitura municipal de Planalto, juntamente com a Secretaria da Saúde Municipal elabore e crie o Boletim de Vacinação da COVID-19.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_-_037_-_devair_fernandes_costa_-_boletim_de_vacinacao_da_covid_19_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_-_037_-_devair_fernandes_costa_-_boletim_de_vacinacao_da_covid_19_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL QUE A PREFEITURA MUNICIPAL DE PLANALTO, JUNTAMENTE COM A SECRETARIA DA SAÚDE MUNICIPAL ELABORE E CRIE O BOLETIM DE VACINAÇÃO DO COVID-19.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_-_038_-_devair_fernandes_costa_-_aquisicao_de_um_veiculo_novo_para_o_conselho_tutelar.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_-_038_-_devair_fernandes_costa_-_aquisicao_de_um_veiculo_novo_para_o_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que adquira um veículo novo e de porte maior para o Conselho Tutelar do nosso município.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_-_039_-_thiago_tobias_carmo_da_silva_-_construcao_de_lombadas.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_-_039_-_thiago_tobias_carmo_da_silva_-_construcao_de_lombadas.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que construa duas lombadas, uma na Rua Luiz Américo de Freitas, na altura do número 773 e outra na Rua Feliciano Sales Cunha, proximidades do número 1.099.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no_040.2021-_guilherme.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no_040.2021-_guilherme.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que intervenha junto ao setor competente para que, ao invés dos entregadores de sopa ficarem buzinando no momento da entrega da sopa para que seja colocada alguma música.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_no_041.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_no_041.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que intervenha junto ao setor competente para que sejam instalados Guardrails nos quatro cantos da ponte do “Rasgão”.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no_042.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no_042.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que, enquanto durar a pandemia, seja concedido o Vale Gás aos servidores da Prefeitura que ganham menos que dois salários mínimos.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_043.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_043.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que reative a Piscina Municipal.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_044.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_044.2021.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo.Sr.Prefeito Municipal que construa um parquinho na praça da Bíblia.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_045.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_045.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que divulgue o número do telefone da Ouvidoria nos veículos da frota do município.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_046.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_046.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que construa uma cobertura para o novo veículo do Conselho Tutelar.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_047.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_047.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que coloque iluminação na última rua do Conjunto Habitacional "Deoclides Adriano de Oliveira", mais precisamente onde estão sendo construídas as novas casas.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_048.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_048.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que adquira um gerador de energia para o Centro de Saúde.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que, na distribuição de terrenos adquiridos pela prefeitura a serem doados às famílias do nosso município que necessitam de um lote, obedecendo a legalidade, reserve dois lotes às famílias mencionadas na Indicação.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_050.2021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_050.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que forneça Kimono aos alunos carentes que praticam artes marciais através do projeto desenvolvido pela Secretaria Municipal de Esportes do nosso município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_-_051_-_alessandro_de_falchi_bonfim_-_recapeamento_da_rua_luiz_camarim.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_-_051_-_alessandro_de_falchi_bonfim_-_recapeamento_da_rua_luiz_camarim.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que seja providenciado o recapeamento  da Avenida Luiz Camarim, nas proximidades  da casa dos  familiares do saudoso e popular Loro.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/354/mocao_de_apoio_no_001_de_2021_-_manutencao_dos_correios_como_empresa_publica.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/354/mocao_de_apoio_no_001_de_2021_-_manutencao_dos_correios_como_empresa_publica.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio à manutenção dos correios  como empresa pública, com ampla presença no território nacional.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1789,68 +1789,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_executivo_001.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_executivo_002.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_do_executivo_003.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_004.2021_-_cacambas_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/286/projeto_005.2021_-_cria_centro_municipal_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/287/projeto_006.2021_desapropriacao_para_moradias_pessoas_carentes_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_007.2021_-_regulamenta_bebeficios_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/289/projeto_de_lei_do_executivo_008.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_009.2021__-_programa_educacao_para_todos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/291/projeto_010.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/292/projeto_011.2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/293/projeto_012.2021_-_apae__santa_casa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/294/projeto_013.2021_-_concessao_direito_uso_sabesp.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/295/projeto_014.2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_015.2021_-__auxilio_alunos__faculdades2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_016.2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/310/projeto_017.2021__-_aquisicao_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/312/projeto_018.2021_-_frente_nacional_de_prefeitos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/320/projeto_de_lei_do_executivo_019.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/321/projeto_020.2021_-_autoriza_firmar__convenio__santa_casa_de_jose_bonifacio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/325/projeto_021.2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/326/projeto_22.2021_-_programa_vale_gas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/327/projeto_023.2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/334/projeto_025.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/335/projeto_026.2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/344/projeto_029.2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/345/projeto_030.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/339/projeto_031.2021_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/340/projeto_032.2021_-_repasse_hb.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/346/projeto_033.2021_-_define_requisao_de_pequenos_valores_-_rpv.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/350/projeto_035.2021_-_lanchodromo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/352/projeto_037.2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/356/projeto_038.2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/357/projeto_039.2021_-plantoes_saude.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/358/projeto_de_lei_040.2021_desapropriacao_-_pedro_ruiz_pereira.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/359/projeto_de_lei_041.2021_revoga_inciso_vii_da_lei_006.2020_-_benfeitorias.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/363/projeto_043.2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/364/projeto_044.2021_-_plantoes_durante_a_pandemia_covid_19.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/365/projeto_045.2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/367/projeto_de_lei_no046.2021_termo_de_convenio_-santa_casa___-_atendimento_de_covid.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/368/projeto_de_lei_no047.2021_criacao_de_ficha_de_dotacao___orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/369/projeto_048.2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/370/projeto_049.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/371/projeto_050.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/372/projeto_de_lei_numero_051.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/376/projeto_052.2021-_convenio_der.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/380/projeto_053.2021_-_altera_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/381/projeto_054.2021_-_altera__anexo_ppa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/382/projeto_055.2021_-_orcamento_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/379/projeto_056.2021_-_credito_suplementar_2.054.00000.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/388/projeto_057.2021__-_credito_especial_-_drenagem_-_jardim__primavera.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_no_058.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_059.2021_-__concessao_de_uso_ubs_rene_monteiro_braga.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/395/projeto_060.2021___credito_especial_-_pavimentacao_asfaltica_guias_e_sarjetas__350.00000.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_061.2021_-_credito_especial_-_iluminacao_da_praca_e_recapeamento_em_pracas_500.00000.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/397/projeto_062.2021_-_construir_banheiros_sanitarios_mesas_e_cadeiras_caido.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/399/projeto_063.2021_-_arrendar_propriedade_rural_destinado_ao_plantio_de_lavoura.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/400/projeto_064.2021_-_altera_artigo_da_lei_039-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/401/projeto_065.2021_-_operacao_credito_cx_federal_1.200.00000.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/402/projeto_066.2021_-_cria_gratificacao_deempenho_atividade_delegada.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/403/projeto_de_lei_no_067.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/404/projeto_068.2021_-_autoriza_abertura_de_credito_adicional_350.00000.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/405/projeto_069.2021_-_subvencao_social__santa_casa_de_jose_bonifacio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/406/projeto__070.2021_-_credito_suplementar_130.00000_caminhao_bau.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/408/projeto_de_lei_071.2021_altera_artigo_da_lei_0061.2021_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/409/projeto_de_lei_no072.2021_bonus_no_tickets_alimentacao_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/410/projeto_de_lei_073.2021_convenio_lar_dos_velhos_sao_camilo_de_lelis_buritama.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/411/projeto_de_lei_074.2021_isencao_tributaria_-_itbi_-_aplah.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_comp.001.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_comp.002.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_complementar_003.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/336/projeto_de_lei_complementar_004.2021_-_lanchodromo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_lei_complementar_007.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/407/projeto_de_lei_complementar_no008.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/377/projeto_de_decreto_legislativo_002.2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/398/projeto_de_decreto_legislativo_no_003.2021_-_homenageia_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_decreto_legislativo_no_003.2021_-_homenageia_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_-_001_-_gercimar_maximiliano_de_matos_-_agencia_do_banco_bradesco_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_-_002_-_gercimar_maximiliano_de_matos_-_conserto_dos_brinquedos_do_parquinho_da_praca_central.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_-_003_-_thiago_tobias_carmo_da_silva_-_construcao_de_sanitarios_no_lanchodromo_da_praca_central.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_-_004_-_jesus_aparecido_do_prado_-_reconstrucao_do_asfalto_e_guias_de_sargenta_nas_proximidades_das_casas_do_popular_toni_violeiro_moises_e_padaria_do_popular_bilinha.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_-_007_-_gercimar_maximiliano_de_matos_-_reforma_da_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_008.2021-gercimar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_009.2021-leandro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_012.2021-devair.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_013.2021-_devair.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_015.2021-guilherme.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_016.2021-_jesus.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_020.2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_021.2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_022.2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_023.2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_024.2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_025.2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_028.2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_029.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/632/indicacao_030.2021_20240726_131700.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_-_032_-_alessandro_de_falchi_bonfim_-_apoio_aos_proprietarios_para_individualizacao_das_glebas_do__banco_da_terra.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_-_033_-_jesus_aparecido_do_prado_-_construcao_de_abrigo_e_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_034.2021_20240726_103455.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_-_037_-_devair_fernandes_costa_-_boletim_de_vacinacao_da_covid_19.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_-_037_-_devair_fernandes_costa_-_boletim_de_vacinacao_da_covid_19_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_-_038_-_devair_fernandes_costa_-_aquisicao_de_um_veiculo_novo_para_o_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_-_039_-_thiago_tobias_carmo_da_silva_-_construcao_de_lombadas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no_040.2021-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_no_041.2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no_042.2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_043.2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_044.2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_045.2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_046.2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_047.2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_048.2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_050.2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_-_051_-_alessandro_de_falchi_bonfim_-_recapeamento_da_rua_luiz_camarim.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/354/mocao_de_apoio_no_001_de_2021_-_manutencao_dos_correios_como_empresa_publica.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_executivo_001.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_executivo_002.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_do_executivo_003.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_004.2021_-_cacambas_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/286/projeto_005.2021_-_cria_centro_municipal_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/287/projeto_006.2021_desapropriacao_para_moradias_pessoas_carentes_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/288/projeto_007.2021_-_regulamenta_bebeficios_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/289/projeto_de_lei_do_executivo_008.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_009.2021__-_programa_educacao_para_todos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/291/projeto_010.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/292/projeto_011.2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/293/projeto_012.2021_-_apae__santa_casa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/294/projeto_013.2021_-_concessao_direito_uso_sabesp.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/295/projeto_014.2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_015.2021_-__auxilio_alunos__faculdades2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_016.2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/310/projeto_017.2021__-_aquisicao_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/312/projeto_018.2021_-_frente_nacional_de_prefeitos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/320/projeto_de_lei_do_executivo_019.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/321/projeto_020.2021_-_autoriza_firmar__convenio__santa_casa_de_jose_bonifacio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/325/projeto_021.2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/326/projeto_22.2021_-_programa_vale_gas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/327/projeto_023.2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/334/projeto_025.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/335/projeto_026.2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/344/projeto_029.2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/345/projeto_030.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/339/projeto_031.2021_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/340/projeto_032.2021_-_repasse_hb.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/346/projeto_033.2021_-_define_requisao_de_pequenos_valores_-_rpv.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/350/projeto_035.2021_-_lanchodromo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/352/projeto_037.2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/356/projeto_038.2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/357/projeto_039.2021_-plantoes_saude.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/358/projeto_de_lei_040.2021_desapropriacao_-_pedro_ruiz_pereira.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/359/projeto_de_lei_041.2021_revoga_inciso_vii_da_lei_006.2020_-_benfeitorias.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/363/projeto_043.2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/364/projeto_044.2021_-_plantoes_durante_a_pandemia_covid_19.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/365/projeto_045.2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/367/projeto_de_lei_no046.2021_termo_de_convenio_-santa_casa___-_atendimento_de_covid.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/368/projeto_de_lei_no047.2021_criacao_de_ficha_de_dotacao___orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/369/projeto_048.2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/370/projeto_049.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/371/projeto_050.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/372/projeto_de_lei_numero_051.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/376/projeto_052.2021-_convenio_der.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/380/projeto_053.2021_-_altera_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/381/projeto_054.2021_-_altera__anexo_ppa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/382/projeto_055.2021_-_orcamento_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/379/projeto_056.2021_-_credito_suplementar_2.054.00000.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/388/projeto_057.2021__-_credito_especial_-_drenagem_-_jardim__primavera.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_no_058.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_059.2021_-__concessao_de_uso_ubs_rene_monteiro_braga.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/395/projeto_060.2021___credito_especial_-_pavimentacao_asfaltica_guias_e_sarjetas__350.00000.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_061.2021_-_credito_especial_-_iluminacao_da_praca_e_recapeamento_em_pracas_500.00000.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/397/projeto_062.2021_-_construir_banheiros_sanitarios_mesas_e_cadeiras_caido.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/399/projeto_063.2021_-_arrendar_propriedade_rural_destinado_ao_plantio_de_lavoura.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/400/projeto_064.2021_-_altera_artigo_da_lei_039-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/401/projeto_065.2021_-_operacao_credito_cx_federal_1.200.00000.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/402/projeto_066.2021_-_cria_gratificacao_deempenho_atividade_delegada.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/403/projeto_de_lei_no_067.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/404/projeto_068.2021_-_autoriza_abertura_de_credito_adicional_350.00000.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/405/projeto_069.2021_-_subvencao_social__santa_casa_de_jose_bonifacio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/406/projeto__070.2021_-_credito_suplementar_130.00000_caminhao_bau.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/408/projeto_de_lei_071.2021_altera_artigo_da_lei_0061.2021_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/409/projeto_de_lei_no072.2021_bonus_no_tickets_alimentacao_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/410/projeto_de_lei_073.2021_convenio_lar_dos_velhos_sao_camilo_de_lelis_buritama.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/411/projeto_de_lei_074.2021_isencao_tributaria_-_itbi_-_aplah.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_comp.001.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/284/projeto_de_lei_comp.002.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_complementar_003.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/336/projeto_de_lei_complementar_004.2021_-_lanchodromo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_lei_complementar_007.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/407/projeto_de_lei_complementar_no008.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/377/projeto_de_decreto_legislativo_002.2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/398/projeto_de_decreto_legislativo_no_003.2021_-_homenageia_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_decreto_legislativo_no_003.2021_-_homenageia_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_-_001_-_gercimar_maximiliano_de_matos_-_agencia_do_banco_bradesco_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_-_002_-_gercimar_maximiliano_de_matos_-_conserto_dos_brinquedos_do_parquinho_da_praca_central.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_-_003_-_thiago_tobias_carmo_da_silva_-_construcao_de_sanitarios_no_lanchodromo_da_praca_central.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_-_004_-_jesus_aparecido_do_prado_-_reconstrucao_do_asfalto_e_guias_de_sargenta_nas_proximidades_das_casas_do_popular_toni_violeiro_moises_e_padaria_do_popular_bilinha.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_-_007_-_gercimar_maximiliano_de_matos_-_reforma_da_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_008.2021-gercimar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_009.2021-leandro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_012.2021-devair.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_013.2021-_devair.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_015.2021-guilherme.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_016.2021-_jesus.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_020.2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_021.2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_022.2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_023.2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_024.2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_025.2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_028.2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_029.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/632/indicacao_030.2021_20240726_131700.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_-_032_-_alessandro_de_falchi_bonfim_-_apoio_aos_proprietarios_para_individualizacao_das_glebas_do__banco_da_terra.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_-_033_-_jesus_aparecido_do_prado_-_construcao_de_abrigo_e_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_034.2021_20240726_103455.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_-_037_-_devair_fernandes_costa_-_boletim_de_vacinacao_da_covid_19.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_-_037_-_devair_fernandes_costa_-_boletim_de_vacinacao_da_covid_19_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_-_038_-_devair_fernandes_costa_-_aquisicao_de_um_veiculo_novo_para_o_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_-_039_-_thiago_tobias_carmo_da_silva_-_construcao_de_lombadas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no_040.2021-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_no_041.2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no_042.2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_043.2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_044.2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_045.2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_046.2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_047.2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_048.2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_050.2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_-_051_-_alessandro_de_falchi_bonfim_-_recapeamento_da_rua_luiz_camarim.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2021/354/mocao_de_apoio_no_001_de_2021_-_manutencao_dos_correios_como_empresa_publica.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="244.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="243.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>