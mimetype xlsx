--- v0 (2026-01-20)
+++ v1 (2026-03-14)
@@ -54,1347 +54,1347 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>E-LON</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Guilherme Silva Bonfim</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/547/proposta_de_emenda_a_lei_organica_no_001.2023_20231010_154227.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/547/proposta_de_emenda_a_lei_organica_no_001.2023_20231010_154227.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 20 DA LEI ORGÂNICA DO MUNICÍPIO DE PLANALTO</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_001.2023_-__obrigatoriedade_vacinas__idade_de_0_a_6_anos_para_fins_de_beneficios_sociais.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_001.2023_-__obrigatoriedade_vacinas__idade_de_0_a_6_anos_para_fins_de_beneficios_sociais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE APRESENTAÇÃO DE COMPROVANTES DE VACINAÇÃO CONTRA SARAMPO, POLIOMELITE, COQUELUCHE, RUBÉOLA, VARÍOLA, HEPATITE B, TÉTANO, FEBRE AMARELA E TRÍPLICE VIRAL DOS FILHOS COM IDADE DE 0 À 4 ANOS, PARA FINS DE RECEBIMENTO DE BENEFÍCIOS SOCIAIS NO ÂMBITO DO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/453/projeto_002.2023_-__instituir_programa_saude_bucal_-_noturno.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/453/projeto_002.2023_-__instituir_programa_saude_bucal_-_noturno.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO EXECUTIVO MUNICIPAL PARA INSTITUIR E IMPLEMENTAR O PROGRAMA DE SAÚDE BUCAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/455/projeto_003.2023-_autoriza_doacao_de_materiais_de_construcao_familias_baixa_renda.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/455/projeto_003.2023-_autoriza_doacao_de_materiais_de_construcao_familias_baixa_renda.pdf</t>
   </si>
   <si>
     <t>Autoriza à doação de materiais de construção às famílias de baixa renda e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_004.2023_-_doacao_de__cestas_basicas_2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_004.2023_-_doacao_de__cestas_basicas_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de cestas básicas às famílias de baixa renda e dá outras providências legais que especifica</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_005.2023__-_credito_especial_-_obras_de_pavimentacao_r_350.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_005.2023__-_credito_especial_-_obras_de_pavimentacao_r_350.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_007.2023_-_credito_especial_-_pavimentacao_ruas_do_jardim_primavera____r_1.094.37653.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_007.2023_-_credito_especial_-_pavimentacao_ruas_do_jardim_primavera____r_1.094.37653.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de crédito Adicional Especial</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_008.2023_-_credito_especial_-_construcao_centro_de_convivencia__r_765.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_008.2023_-_credito_especial_-_construcao_centro_de_convivencia__r_765.00000.pdf</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_009.2023_-_subvencao_social__santa_casa_de_jose_bonifacio.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_009.2023_-_subvencao_social__santa_casa_de_jose_bonifacio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de concessão de repasses e subvenções sociais à Entidade Filantrópica que especifica, dando outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/463/projeto__010.2023-_lar_dos_velhos_-_buritama_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/463/projeto__010.2023-_lar_dos_velhos_-_buritama_1.pdf</t>
   </si>
   <si>
     <t>DE LEI Nº 010//2023, de autoria do Executivo Municipal que “Autoriza concessão de repasses e subvenção social ao Lar dos Velhos São Camilo de Leles, na cidade  de Buritama-SP.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/464/proj.011.202_-_altera_o_art._primeiro_da_lei_054.2022_-_concessao_secador_de_cereais.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/464/proj.011.202_-_altera_o_art._primeiro_da_lei_054.2022_-_concessao_secador_de_cereais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 054/2022, de 01 de Dezembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/472/proj._012.2023_-dispoe_sobre_alteracao_lei_011.2023_-_lar_dos_velhos_de_buritama_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/472/proj._012.2023_-dispoe_sobre_alteracao_lei_011.2023_-_lar_dos_velhos_de_buritama_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DA LEI MUNICIPAL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/473/projeto_de_lei_no_013.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/473/projeto_de_lei_no_013.2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONCESSÃO DE REPASSES E SUBVENÇÕES SOCIAIS A ENTIDADE FILANTRÓPICA QUE ESPECIFICA, DANDO OUTRAS PROVIDÊNCIAS LEGAIS.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/474/proj._014.2023_-_dispoe_sobre_concessao_direito_real_-_secador_cereais_leovegildo_rodrigues_chaves.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/474/proj._014.2023_-_dispoe_sobre_concessao_direito_real_-_secador_cereais_leovegildo_rodrigues_chaves.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL ONEROSA DE IMÓVEL URBANO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/475/proj._015_-_declara_de_utilidade_publ._comarga_construtora_50_casas_pessoas_carentes_50_mini_distrito_industrial_compressed.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/475/proj._015_-_declara_de_utilidade_publ._comarga_construtora_50_casas_pessoas_carentes_50_mini_distrito_industrial_compressed.pdf</t>
   </si>
   <si>
     <t>DECLARA ÁREA  DE UTILIDADE PÚBLICA E DE INTERESSE SOCIAL OS IMÓVEIS ADQUIRIDOS DA COMARGA NAS SEGUINTES CONFORMIDADES E DÁ OUTRAS PROVIDÊNCIAS LEGAIS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/479/proj._016.2023_-_altera_art._da_lei_060.2022_-_frente_de_trabalho.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/479/proj._016.2023_-_altera_art._da_lei_060.2022_-_frente_de_trabalho.pdf</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_017.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_017.2023.pdf</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_018.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_018.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PERMISSÃO DE USO DO ESTÁDIO MELCHIADES RODRIGUES CHAVES PARA FINS DE FORMAÇÃO DE FUTEBOL DE BASE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_019.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_019.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a Contabilidade do Município a criar a Ficha de Dotação Orçamentária para o exercício de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_020.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_020.2023.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL 037/2018, QUE ESTABELECE O PROGRAMA DE DEMISSÃO VOLUNTÁRIA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS LEGAIS.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/491/projeto_021.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/491/projeto_021.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE FORNECIMENTO DE APORTE FINANCEIRO PARA O MUNICÍPIO DE MACAUBAL EM RAZÃO DO CONVÊNIO CMIL 2.717.092/2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_022.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_022.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 014/2023 E AUTORIZA CONCESSÃO DE REPASSES E SUBVENÇÕES SOCIAIS A ENTIDADE FILANTRÓPICA QUE ESPECIFICA, DANDO OUTRAS PROVIDÊNCIAS LEGAIS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_023.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_023.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO EXECUTIVO MUNICIPAL PARA DOAÇÃO DE ÁREA URBANA DE PROPRIEDADE DO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/495/projeto_de_lei_024.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/495/projeto_de_lei_024.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Planalto a alienar onerosamente o imóvel "Antigo Lixão" e dá outras providências.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/501/proj._025.2023_-_aumento_ticket_alimentacao_4.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/501/proj._025.2023_-_aumento_ticket_alimentacao_4.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO VALOR DO AUXÍLIO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao município de Planalto para celebrar Convênio com o Tribunal de Justiça do Estado de São Paulo para a cessão de servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/502/proj._027.2023_-_prolongamento_de_rua_abertura_rua_entre_a_castro_alves_e_jose_do_patrocinio.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/502/proj._027.2023_-_prolongamento_de_rua_abertura_rua_entre_a_castro_alves_e_jose_do_patrocinio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROLONGAMENTO DA RUA JOSÉ MARCOS COSTA, ENTRE AS ESQUINAS DAS RUAS JOSÉ DO PATROCÍNIO E A CASTRO ALVES, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/503/projet._028.2023_-_doacao_motoserra_para_corpo_de_bombeiros_de_jose_bonifacio.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/503/projet._028.2023_-_doacao_motoserra_para_corpo_de_bombeiros_de_jose_bonifacio.pdf</t>
   </si>
   <si>
     <t>“Autoriza a doação de equipamento ao Corpo de Bombeiro de José Bonifácio, e dá outras providências legais.”</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/505/proj._029.2023_-_ldo_2024.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/505/proj._029.2023_-_ldo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/508/proj._030.2023_-_regulacao_e_criacao__fundo_mun._dos_direitos_da_crianca_adolescente__-fmdca.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/508/proj._030.2023_-_regulacao_e_criacao__fundo_mun._dos_direitos_da_crianca_adolescente__-fmdca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO E A CRIAÇÃO DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE-FMDCA NO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/509/proj._031.2023_-_cria_fundo_municipal_de_direitos_do_idoso.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/509/proj._031.2023_-_cria_fundo_municipal_de_direitos_do_idoso.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO DO MUNICÍPIO DE PLANALTO-SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/510/proj._032.2023_-_zoneamento__interesse_social_do_municipio_-_rua_paulo_vieira_matric._21.245.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/510/proj._032.2023_-_zoneamento__interesse_social_do_municipio_-_rua_paulo_vieira_matric._21.245.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de LOTEAMENTO DE INTERESSE SOCIAL no município de Planalto.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_033.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_033.2023_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a Instituição do Plano Municipal de Saneamento Básico do Município de Planalto.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_034.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_034.2023_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_035.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_035.2023_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE ÁREA INSTITUCIONAL LOCALIZADA NO RESIDENCIAL TERESINHA DA CATEGORIA DE BEM DOMINICAL PARA O DE BEM DE USO COMUM DO POVO E DÁ OUTRAS PROVIDÊNCIAS LEGAIS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_036.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_036.2023_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROLONGAMENTO DA RUA MARINO MENANDRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_037.2023_x_11.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_037.2023_x_11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RESSARCIMENTO DOS VALORES BLOQUEADOS NO CARTÃO DE VALE ALIMENTAÇÃO "CONVÊNIOSCARD" AOS FUNCIONÁRIOS CREDORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/526/projeto__038.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/526/projeto__038.2023_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECATEGORIZAÇÃO DA REFERÊNCIA SALARIAL DO EMPREGO PÚBLICO DE VIGILANTE DO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>OLIMPIO SEVERINO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_039.2023__1.pdf</t>
-[...2 lines deleted...]
-    <t>DECLARA COMO ÁREA DE ESPECIAL INRERESSE SOCIAL, PARA FINS DE URBANIZAÇÃO E REGULARIZAÇÃO, O LOTEAMENTO DENOMINADO JARDIM NOVA ESPERAÇA, SITUADO A AVENIDA MARGINAL JOSÉ LOPES MARQUES E ESTABELECE OS RESPECTIVOS PADRÕES ESPECIAIS DE URBANIZAÇÃO.</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_039.2023__1.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA COMO ÁREA DE ESPECIAL INTERESSE SOCIAL, PARA FINS DE URBANIZAÇÃO E REGULARIZAÇÃO, O LOTEAMENTO DENOMINADO JARDIM NOVA ESPERAÇA, SITUADO A AVENIDA MARGINAL JOSÉ LOPES MARQUES E ESTABELECE OS RESPECTIVOS PADRÕES ESPECIAIS DE URBANIZAÇÃO.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_040.2023__1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_040.2023__1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DO AUXÍLIO ALIMENTAÇÃO PARA OS SERVIDORES QUE ENCONTRAM-SE EM LICENÇA PARA TRATAMENTO DE SAÚDE.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_no_041.2023_-_pradronizacao_cores__predios_publicosadesivos_veic._frota_m_e_uniformes.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_no_041.2023_-_pradronizacao_cores__predios_publicosadesivos_veic._frota_m_e_uniformes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PADRONIZAÇÃO DAS CORES DOS PRÉDIOS PÚBLICOS, ADESIVOS DOS VEÍCULOS DA FROTA MUNICIPAL, UNIFORMES DA REDE MUNICIPAL DE ENSINO, UNIFORMES ESPORTIVOS, E PAPÉIS TIMBRADOS DE USO DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_no_042.2023_000014.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_no_042.2023_000014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE REPASSES PÚBLICOS À NOVA SEDE DO CARTÓRIO ELEITORAL DA COMARCA DE BURITAMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/540/projeto_043.2023_000034.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/540/projeto_043.2023_000034.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo V e VI da Lei de Diretrizes Orçamentárias-LDO, relativo ao exercício de 2024</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/541/projeto_044.2023_000036.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/541/projeto_044.2023_000036.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II do Plano Plurianual 2022/2025, relativo ao exercício de 2024.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/542/projeto_045.2023_000038.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/542/projeto_045.2023_000038.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Planalto-SP, para o exercício de 2024.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/548/projeto_de_lei_no_046.2023_20231011_100056.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/548/projeto_de_lei_no_046.2023_20231011_100056.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE a desafetação de área institucional, objeto da matrícula 4.480, da categoria de bem de uso especial para bem dominical e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/549/projeto_de_lei_no_047.2023_20231011_100914.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/549/projeto_de_lei_no_047.2023_20231011_100914.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE a desafetação de área institucional, objeto da matrícula 4.481, da categoria de bem de uso especial para bem dominical e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/552/proj_048_2023__institui_educacao_integral__na_rede_de_ensino_do_municipio.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/552/proj_048_2023__institui_educacao_integral__na_rede_de_ensino_do_municipio.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Educação Integral da Rede de Ensino Municipal de PLANALTO/SP e dá outras providências.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/554/projeto_de_lei_049.2023_20231113_132641.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/554/projeto_de_lei_049.2023_20231113_132641.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DAS DIMENSÕES DOS LOTES NO MUNICÍPIO DE PLANALTO, EM CONFORMIDADE COM A LEGISLAÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/555/projeto_de_lei_050.2023_20231113_131109.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/555/projeto_de_lei_050.2023_20231113_131109.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE POSSIBILIDADE DE PRORROGAÇÃO DO PERÍODO DE LICENÇA NÃO REMUNERADA.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_051.2023_20231113_130627.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_051.2023_20231113_130627.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE CONSTRUÇÃO DE MUROS, CALÇADAS REFERENTE A IMÓVEIS NA ÁREA URBANA QUE ESPECIFICA E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/559/projeto_052.2023_20231122_102433.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/559/projeto_052.2023_20231122_102433.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_053.2023_20231124_154203.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_053.2023_20231124_154203.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Planalto a assinar termo de convênio com a Caixa Econômica Federal, representando o Ministério das Cidades, objetivando a execução de ações relativas a melhora na mobilidade urbana e dá outras providências legais.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/563/projeto_de_lei_054.2023_20231124_154421.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/563/projeto_de_lei_054.2023_20231124_154421.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Planalto a assinar Termo de Convênio com o estado de São Paulo, por meio da Secretaria de Governo e Relações Institucionais, esta por sua Subsecretaria de Convênios com Municípios e Entidades não Governamentais, objetivando a transferência de recursos financeiros para Pista de Caminhada e dá outras providências legais</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_055.2023_20231127_151609.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_055.2023_20231127_151609.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/571/projeto_de_lei_056.2023_20231227_145722.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/571/projeto_de_lei_056.2023_20231227_145722.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO REAL DE USO PARA A CONSTRUÇÃO DE IMÓVEL PARA A FABRICAÇÃO DE SORVETES POSSIBILITANDO A GERAÇÃO DE EMPREGOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_lei_complementar_001.2023_-_acrescenta_paragarfo_na_lei_compl._011.2020_-_afstamento_servidor.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_lei_complementar_001.2023_-_acrescenta_paragarfo_na_lei_compl._011.2020_-_afstamento_servidor.pdf</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/467/proj._de_lei_complementar_002.2023_-_vencimentos_agentescomunitarios_de_saude_e_ag._comb.endemias.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/467/proj._de_lei_complementar_002.2023_-_vencimentos_agentescomunitarios_de_saude_e_ag._comb.endemias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VENCIMENTOS DOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE AS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/468/pro.lei_complementar_003.2023_-_aumento_vagas_emprego_psicologo_mediante_concurso_publico.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/468/pro.lei_complementar_003.2023_-_aumento_vagas_emprego_psicologo_mediante_concurso_publico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DE VAGAS PARA O EMPREGO DE PSICÓLOGO, MEDIANTE CONCURSO PÚBLICO, JUNTO AO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/469/proj._lei_complementar_004.2023_-_criacao_cargo_padeiro_mediante_concurso_publico.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/469/proj._lei_complementar_004.2023_-_criacao_cargo_padeiro_mediante_concurso_publico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE EMPREGO DE PADEIRO, MEDIANATE CONCURSO PÚBLICO, JUNTO AO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/470/proj.lei_complementar_005.2023_-_aumento_de_vagas_emprego_diretor_de_ensino_infantil_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/470/proj.lei_complementar_005.2023_-_aumento_de_vagas_emprego_diretor_de_ensino_infantil_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DE VAGAS PARA O EMPREGO DE DIRETOR DE ENSINO INFANTIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/471/proj.lei_complementar_006.2023_-aumento_de_vagas_emprego_engenheiro.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/471/proj.lei_complementar_006.2023_-aumento_de_vagas_emprego_engenheiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DE VAGAS PARA O EMPREGO DE ENGENHEIRO CIVIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/478/proj._de_lei_complementar_007.2023_-_cria_gratificacao_funcao_gestor_de_contratos.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/478/proj._de_lei_complementar_007.2023_-_cria_gratificacao_funcao_gestor_de_contratos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE GRATIFICAÇÃO DE DESEMPENHO À ATIVIDADE QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_complementar_008.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_complementar_008.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração da referência salarial do emprego de provimento permanente de Encarregado de Transporte da Prefeitura do Município de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_complementar_009.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_complementar_009.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração da referência salarial do emprego de provimento permanente de COVEIRO da Prefeitura do Município de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_lei_complementar_010.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_lei_complementar_010.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a equiparação salarial e carga horária dos empregos de provimento permanente de ASSISTENTE SOCIAL do Quadro de Servidores da Prefeitura do Município de Planalto e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/492/projeto_de_lei_comp._011.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/492/projeto_de_lei_comp._011.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE EMPREGO DE PROVIMENTO EFETIVO, MEDIANTE CONCURSO PÚBLICO E AUMENTO DE VAGAS JUNTO AO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_lei_comp.012.2023_000020.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_lei_comp.012.2023_000020.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 21º, II, §1º, §3º, I, II, II e § 4º da Lei Complementar 001/2014 e altera o artigo 1º, II da Lei Complementar 004/2019.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_complementar_013.2023_20231123_094455.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_complementar_013.2023_20231123_094455.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DERROGAÇÃO DA LEI COMPLEMENTAR Nº 005/2022, QUE DISPÕE SOBRE OS NÍVEIS DE ESCOLARIDADE DE CARGOS EM COMISSÃO E FUNÇÃO GRATIFICADA CRIADOS PELA LEI COMPLEMENTAR MUNICIPAL Nº 002/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/569/projeto_de_lei_complementar_014.2023_20231227_143642.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/569/projeto_de_lei_complementar_014.2023_20231227_143642.pdf</t>
   </si>
   <si>
     <t>Extingue e altera cargos no Quadro dos Cargos em Comissão e Funções Gratificadas da Prefeitura Municipal de Planalto, conforme instituído pela Lei Municipal 002/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/570/projeto_de_lei_complementar_015.2023_20231227_144821.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/570/projeto_de_lei_complementar_015.2023_20231227_144821.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DO NÚMERO DE VAGAS PARA O EMPREGO DE PROVIMENTO EFETIVO DE FARMACÊUTICO NO MUNICÍPIO DE PLANALTO, CRIA O EMPREGO DE CHEFE DO SETOR DE LABORATÓRIO E DÁ  E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_no_001.2023_-_revisao_geral_anual.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_no_001.2023_-_revisao_geral_anual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reposição salarial aos servidores do quadro de pessoal da Câmara Municipal de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/466/projeto_de_lei_no_002.2023_-_revisao_geral_anual_vereadores_e_presidente_da_camara.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/466/projeto_de_lei_no_002.2023_-_revisao_geral_anual_vereadores_e_presidente_da_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reposição salarial aos vereadores e ao Presidente da Câmara Municipal de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>THIAGO TOBIAS CARMO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/512/projeto_legislativo_003.2023_000017.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/512/projeto_legislativo_003.2023_000017.pdf</t>
   </si>
   <si>
     <t>Denomina de "Orídio Pinto da Silva" a Areninha que fica encravada na Avenida Dom Pedro II, próximo a Lagoa do Mico e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>Gercimar Maximiliano de Matos</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/515/projeto_lei_004.2023_000021.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/515/projeto_lei_004.2023_000021.pdf</t>
   </si>
   <si>
     <t>Denomina de "Wildney Antunes" o Laboratório de Análises Clínicas do município de Planalto, Comarca de Buritama, Estado de São Paulo, usando das atribuições que lhe são conferidas por Lei, etc....</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/544/projeto_de_lei_legislativo_no_005.2023_20231010_154523.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/544/projeto_de_lei_legislativo_no_005.2023_20231010_154523.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio-alimentação aos servidores públicos da Câmara Municipal de Planalto-SP e dá outras providências.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/545/projeto_de_decreto_legislativo_001.2023_20231010_153806.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/545/projeto_de_decreto_legislativo_001.2023_20231010_153806.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Alteração dos Artigos 2º e 4º do Decreto Legislativo nº 001/2014.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Guilherme Silva Bonfim, Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/543/projeto_de_resolucao_001.2023_20231010_153609_ocred.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/543/projeto_de_resolucao_001.2023_20231010_153609_ocred.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 8º e 12º do Regimento Interno da Câmara Municipal de Planalto.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/546/projeto_de_resolucao_002.2023_20231010_154031_ocred.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/546/projeto_de_resolucao_002.2023_20231010_154031_ocred.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 84 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_no_001.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_no_001.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que conceda reposição salarial aos funcionários do executivo municipal, de acordo com a inflação.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/477/indicacao_no_002.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/477/indicacao_no_002.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que notifique a empresa de transporte coletivo "Célico", para que sejam cumpridos os horários de ônibus que constam na placa afixada na Rodoviária, ou que atualize a placa constando corretamente os atuais horários de ônibus.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>José Roberto de Godoy</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/480/indicacao_003.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/480/indicacao_003.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que feche totalmente a cobertura traseira da arquibancada do Estádio Municipal Melchiades Rodrigues Chaves, bem como que providencie a colocação de proteção em todas as laterais da arquibancada.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_004.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_004.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que faça um convênio com a SABESP, para que sejam cobradas na Conta Mensal de Serviços de água e esgoto as multas aplicadas aos munícipes pela falta de limpeza em seus imóveis, terrenos, bem como, aos que deixam veículos abandonados nas vias públicas, no leito carroçável, ou sobre o passeio público do município de Planalto.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_005.2023-thiago.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_005.2023-thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que faça o prolongamento da Rua Francisco Marcos Costa até a Rua Amadeu Torres Lopes, bem como, indica que seja feito o prolongamento da Rua Manoel Ferreira Filho até a Rua Amadeu Torres Lopes.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/496/indicacao_006.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/496/indicacao_006.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito municipal que faça o prolongamento da Rua Francisco Marcos Costa até a Rua José do Patrocínio.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_no_007.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_no_007.2023.pdf</t>
   </si>
   <si>
     <t>Os vereadores Alessandro de Falchi Bonfim e Devair Fernandes Costa Indicam ao Exmo.Sr.Prefeito Municipal que providencie  a contratação de segurança armado para que atuem em todas as escolas e creche do município.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM, SECRETARIA LEGISLATIVA - SECLEG</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_008.2023__000003.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_008.2023__000003.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a instalação de 2 (dois) Ares Condicionados, no velório municipal, bem como, que coloque uma geladeira no local</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>Devair Fernandes Costa</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_009.2023-devair.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_009.2023-devair.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que lave as ruas da entrada da cidade, nas proximidades da UBS Renê Monteiro Braga, bem como na rua Paulo Vieira (sentido anel viário), Rua Angelo de Souza e trecho da Avenida Altino Arantes.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_010.2023-alessan_dro.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_010.2023-alessan_dro.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que providencie a construção de lombadas nos padrões legais, nas ruas Marino Menandro e Gilmar Melo dos Santos, no residencial Antônio Felipe Passet que foram asfaltados recentemente.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_011.2023_000019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_011.2023_000019.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal a criação de uma Lei Municipal para padronização das cores dos prédios públicos, adesivos dos veículos da frota municipal, uniformes da rede municipal de ensino, uniformes esportivos e papéis timbrados de uso do executivo, que deverão ser padronizados de acordo com as cores predominantes da Bandeira Municipal: vermelho, branco e verde.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_013.2023_000025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_013.2023_000025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE A AQUISIÇÃO DE MAIS CAÇAMBAS, BEM COMO, QUE FAÇA A SINALIZAÇÃO DAS QUE JÁ EXISTEM, ATRAVÉS DE FAIXAS REFLETIVAS E PINTURA, PARA QUE FACILITE A VISUALIZAÇÃO DAS MESMAS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_014.2023_000028.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_014.2023_000028.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Sr.Prefeito Municipal que providencie a troca de todas as Câmeras de Monitoramento instaladas nas saídas da cidade.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>LEANDRO BATISTA DIONISIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_015.2023_000029.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_015.2023_000029.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo.Sr.Prefeito Municipal que providencie a iluminação no Estádio Municipal Melchiades Rodrigues Chaves.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_016.2023_11.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_016.2023_11.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL QUE OFICIE O DEPARTAMENTO ESTADUAL DE TRÂNSITO DO ESTADO DE SÃO PAULO (DETRAN) PARA QUE SEJA PROVIDENCIADA A AQUISIÇÃO DE UMA MÁQUINA DE PINTAR ASFALTO.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_018.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_018.2023_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL QUE REALIZE UM LEVANTAMENTO, JUNTO AO SETOR DE RH, RELACIONANDO TODOS OS FUNCIONÁRIOS DO EXECUTIVO QUE POSSUEM SALDO NO CARTÃO ALIMENTAÇÃO CONVÊNIOS CARD, BEM COMO O VALOR DO SALDO QUE CADA SERVIDOR AINDA POSSUI.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>Samuel Oliveira dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/525/indicacao_019.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/525/indicacao_019.2023_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL QUE FAÇA O PROLONGAMENTO DA RUA LUIZ AMÉRICO DE FREITAS ATÉ A RUA APARECIDO SOARES, BEM COMO ATÉ O ANEL VIÁRIO JOSÉ LOPES MARQUES.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_020.2023_11.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_020.2023_11.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a Cobertura do Ponto de Ônibus que fica na Avenida Rui Barbosa , esquina com a Rua Pompilio Fernandes Pereira.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_021.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_021.2023_1.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXMO.SR.PREFEITO MUNICIPAL QUE PROVIDENCIE A CONTINUAÇÃO DA ILUMINAÇÃO NO PROLONGAMENTO DA RUA LUIZ CIVIDANES MARTINEZ, ESQUINA COM A RUA MANOEL FERREIRA FILHO ATÉ A RUA PAULO  VIEIRA.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_022.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_022.2023_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL QUE CONSTRUA UM CALÇADÃO MUNICIPAL, NA RUA LUIZ AMÉRICO DE FREITAS, ENTRE AS PRAÇAS TAUFIKS DOMINGUES E GUILHERME BERNARDES.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_023.2023_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_023.2023_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL QUE PROMOVA A INSTALAÇÃO E DISPONIBILIZAÇÃO DE INTERNET WI-FI EM TODAS AS PRAÇAS PÚBLICAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM, Devair Fernandes Costa</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/537/indicacao_024.2023_000015.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/537/indicacao_024.2023_000015.pdf</t>
   </si>
   <si>
     <t>Revitalização da Prainha.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_025.2023_000018.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_025.2023_000018.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo.Sr.Prefeito Municipal que seja elaborado um projeto de lei para devolver o Secador de grãos comunitário à Associação dos Produtores Rurais do município.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/551/indicacao_026.2023_20231110_152537.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/551/indicacao_026.2023_20231110_152537.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que reative a piscina municipal.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_027.2023_20231110_155458.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_027.2023_20231110_155458.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que conceda gratificação salarial aos motoristas do SAMU.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/558/indicacao_no_028.2023_20231121_154909.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/558/indicacao_no_028.2023_20231121_154909.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL SOBRE A NECESSIDADE URGENTE DE REALIZAR O CALÇAMENTO E ARRUAMENTO EM ÁREAS DO CEMITÉRIO LOCAL ONDE ESSAS ESTRUTURAS AINDA NÃO EXISTEM.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/561/indicacao_029.2023-gercimar_20231123_155527.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/561/indicacao_029.2023-gercimar_20231123_155527.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que promova a sinalização vertical e horizontal no município de Planalto.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM, Devair Fernandes Costa, Gercimar Maximiliano de Matos, Guilherme Silva Bonfim, Jesus Aparecido do Prado, José Roberto de Godoy</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/565/indicacao_030.2023_20231128_160541.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/565/indicacao_030.2023_20231128_160541.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo.Sr.Prefeito Municipal que seja concedida uma Bonificação Natalina aos servidores do nosso município.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/566/indicacao_031.2023_20231128_160648.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/566/indicacao_031.2023_20231128_160648.pdf</t>
   </si>
   <si>
     <t>Indicam ao  Exmo.Sr.Presidente desta Casa que seja concedida uma Bonificação Natalina aos servidores do Legislativo.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/567/indicacao_no_032.20223_20231206_150446.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/567/indicacao_no_032.20223_20231206_150446.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a renovação da licença da Prainha Municipal, que vencerá nesse mês de dezembro, bem como que faça a manutenção e a fiscalização no local, haja vista que há indícios de furto, pois, foi subtraída uma parte do alambrado, já que o mesmo foi cortado rente ao concreto.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/568/documento_232.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/568/documento_232.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a dedetização em todos os bairros da cidade, principalmente nos bueiros do município.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_001.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_001.2023.pdf</t>
   </si>
   <si>
     <t>Requerem junto ao Excelentíssimo Senhor Prefeito que juntamente com o setor de RH, realize um levantamento, relacionando todos os funcionários que possuem saldo no cartão alimentação Convênios Card, bem como o valor do saldo que cada servidor ainda possui.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/557/requerimento_no_002.2023-alessandro_devair_e_godoy.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/557/requerimento_no_002.2023-alessandro_devair_e_godoy.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Sr.Prefeito informações claras sobre a contratação do médico Dr.Celso Luiz Ochiussi Penhalves, bem como os motivos que levariam a uma possível rescisão do contrato de trabalho vigente.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/497/mocao_001.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/497/mocao_001.2023.pdf</t>
   </si>
   <si>
     <t>Apresenta Moção de Apoio ao Movimento Nacional de Produtores e Sangradores (Seringueira Heveicultura)</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/536/proposta_de_emenda_no_003.2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/536/proposta_de_emenda_no_003.2023.pdf</t>
   </si>
   <si>
     <t>Ref.ao Projeto de Lei nº 041/2023, de 18 de agosto de 2023 de autoria do Executivo Municipal, que Dispõe sobre a padronização das cores dos prédios públicos, adesivos dos veículos da frota municipal de ensino, uniformes esportivos e papéis timbrados de uso do Poder executivo e dá outras providências.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>DNC</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/534/denuncia_-_frasncisco_abilio_dos_santos_neto_x_gercimar_maximiliano_de_matos_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/534/denuncia_-_frasncisco_abilio_dos_santos_neto_x_gercimar_maximiliano_de_matos_1.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA EM DESFAVOR DO VEREADOR GERCIMAR MAXIMILIANO DE MATOS.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>VETO APOSTO PELO PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/504/veto_01-2023_a_emenda_aditiva_002-2023.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/504/veto_01-2023_a_emenda_aditiva_002-2023.pdf</t>
   </si>
   <si>
     <t>VETO 01/2023 À EMENDA ADITIVA Nº 002/2023, REFERENTE AO PROJETO DE LEI Nº 025/2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1701,68 +1701,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/547/proposta_de_emenda_a_lei_organica_no_001.2023_20231010_154227.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_001.2023_-__obrigatoriedade_vacinas__idade_de_0_a_6_anos_para_fins_de_beneficios_sociais.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/453/projeto_002.2023_-__instituir_programa_saude_bucal_-_noturno.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/455/projeto_003.2023-_autoriza_doacao_de_materiais_de_construcao_familias_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_004.2023_-_doacao_de__cestas_basicas_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_005.2023__-_credito_especial_-_obras_de_pavimentacao_r_350.00000.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_007.2023_-_credito_especial_-_pavimentacao_ruas_do_jardim_primavera____r_1.094.37653.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_008.2023_-_credito_especial_-_construcao_centro_de_convivencia__r_765.00000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_009.2023_-_subvencao_social__santa_casa_de_jose_bonifacio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/463/projeto__010.2023-_lar_dos_velhos_-_buritama_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/464/proj.011.202_-_altera_o_art._primeiro_da_lei_054.2022_-_concessao_secador_de_cereais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/472/proj._012.2023_-dispoe_sobre_alteracao_lei_011.2023_-_lar_dos_velhos_de_buritama_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/473/projeto_de_lei_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/474/proj._014.2023_-_dispoe_sobre_concessao_direito_real_-_secador_cereais_leovegildo_rodrigues_chaves.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/475/proj._015_-_declara_de_utilidade_publ._comarga_construtora_50_casas_pessoas_carentes_50_mini_distrito_industrial_compressed.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/479/proj._016.2023_-_altera_art._da_lei_060.2022_-_frente_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_017.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_018.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_019.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_020.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/491/projeto_021.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_022.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_023.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/495/projeto_de_lei_024.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/501/proj._025.2023_-_aumento_ticket_alimentacao_4.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/502/proj._027.2023_-_prolongamento_de_rua_abertura_rua_entre_a_castro_alves_e_jose_do_patrocinio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/503/projet._028.2023_-_doacao_motoserra_para_corpo_de_bombeiros_de_jose_bonifacio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/505/proj._029.2023_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/508/proj._030.2023_-_regulacao_e_criacao__fundo_mun._dos_direitos_da_crianca_adolescente__-fmdca.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/509/proj._031.2023_-_cria_fundo_municipal_de_direitos_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/510/proj._032.2023_-_zoneamento__interesse_social_do_municipio_-_rua_paulo_vieira_matric._21.245.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_033.2023_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_034.2023_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_035.2023_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_036.2023_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_037.2023_x_11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/526/projeto__038.2023_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_039.2023__1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_040.2023__1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_no_041.2023_-_pradronizacao_cores__predios_publicosadesivos_veic._frota_m_e_uniformes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_no_042.2023_000014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/540/projeto_043.2023_000034.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/541/projeto_044.2023_000036.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/542/projeto_045.2023_000038.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/548/projeto_de_lei_no_046.2023_20231011_100056.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/549/projeto_de_lei_no_047.2023_20231011_100914.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/552/proj_048_2023__institui_educacao_integral__na_rede_de_ensino_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/554/projeto_de_lei_049.2023_20231113_132641.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/555/projeto_de_lei_050.2023_20231113_131109.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_051.2023_20231113_130627.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/559/projeto_052.2023_20231122_102433.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_053.2023_20231124_154203.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/563/projeto_de_lei_054.2023_20231124_154421.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_055.2023_20231127_151609.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/571/projeto_de_lei_056.2023_20231227_145722.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_lei_complementar_001.2023_-_acrescenta_paragarfo_na_lei_compl._011.2020_-_afstamento_servidor.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/467/proj._de_lei_complementar_002.2023_-_vencimentos_agentescomunitarios_de_saude_e_ag._comb.endemias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/468/pro.lei_complementar_003.2023_-_aumento_vagas_emprego_psicologo_mediante_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/469/proj._lei_complementar_004.2023_-_criacao_cargo_padeiro_mediante_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/470/proj.lei_complementar_005.2023_-_aumento_de_vagas_emprego_diretor_de_ensino_infantil_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/471/proj.lei_complementar_006.2023_-aumento_de_vagas_emprego_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/478/proj._de_lei_complementar_007.2023_-_cria_gratificacao_funcao_gestor_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_complementar_008.2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_complementar_009.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_lei_complementar_010.2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/492/projeto_de_lei_comp._011.2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_lei_comp.012.2023_000020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_complementar_013.2023_20231123_094455.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/569/projeto_de_lei_complementar_014.2023_20231227_143642.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/570/projeto_de_lei_complementar_015.2023_20231227_144821.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_no_001.2023_-_revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/466/projeto_de_lei_no_002.2023_-_revisao_geral_anual_vereadores_e_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/512/projeto_legislativo_003.2023_000017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/515/projeto_lei_004.2023_000021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/544/projeto_de_lei_legislativo_no_005.2023_20231010_154523.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/545/projeto_de_decreto_legislativo_001.2023_20231010_153806.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/543/projeto_de_resolucao_001.2023_20231010_153609_ocred.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/546/projeto_de_resolucao_002.2023_20231010_154031_ocred.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/477/indicacao_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/480/indicacao_003.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_004.2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_005.2023-thiago.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/496/indicacao_006.2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_008.2023__000003.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_009.2023-devair.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_010.2023-alessan_dro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_011.2023_000019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_013.2023_000025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_014.2023_000028.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_015.2023_000029.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_016.2023_11.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_018.2023_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/525/indicacao_019.2023_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_020.2023_11.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_021.2023_1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_022.2023_1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_023.2023_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/537/indicacao_024.2023_000015.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_025.2023_000018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/551/indicacao_026.2023_20231110_152537.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_027.2023_20231110_155458.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/558/indicacao_no_028.2023_20231121_154909.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/561/indicacao_029.2023-gercimar_20231123_155527.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/565/indicacao_030.2023_20231128_160541.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/566/indicacao_031.2023_20231128_160648.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/567/indicacao_no_032.20223_20231206_150446.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/568/documento_232.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_001.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/557/requerimento_no_002.2023-alessandro_devair_e_godoy.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/497/mocao_001.2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/536/proposta_de_emenda_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/534/denuncia_-_frasncisco_abilio_dos_santos_neto_x_gercimar_maximiliano_de_matos_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/504/veto_01-2023_a_emenda_aditiva_002-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/547/proposta_de_emenda_a_lei_organica_no_001.2023_20231010_154227.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_001.2023_-__obrigatoriedade_vacinas__idade_de_0_a_6_anos_para_fins_de_beneficios_sociais.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/453/projeto_002.2023_-__instituir_programa_saude_bucal_-_noturno.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/455/projeto_003.2023-_autoriza_doacao_de_materiais_de_construcao_familias_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_004.2023_-_doacao_de__cestas_basicas_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_005.2023__-_credito_especial_-_obras_de_pavimentacao_r_350.00000.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_007.2023_-_credito_especial_-_pavimentacao_ruas_do_jardim_primavera____r_1.094.37653.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_008.2023_-_credito_especial_-_construcao_centro_de_convivencia__r_765.00000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_009.2023_-_subvencao_social__santa_casa_de_jose_bonifacio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/463/projeto__010.2023-_lar_dos_velhos_-_buritama_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/464/proj.011.202_-_altera_o_art._primeiro_da_lei_054.2022_-_concessao_secador_de_cereais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/472/proj._012.2023_-dispoe_sobre_alteracao_lei_011.2023_-_lar_dos_velhos_de_buritama_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/473/projeto_de_lei_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/474/proj._014.2023_-_dispoe_sobre_concessao_direito_real_-_secador_cereais_leovegildo_rodrigues_chaves.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/475/proj._015_-_declara_de_utilidade_publ._comarga_construtora_50_casas_pessoas_carentes_50_mini_distrito_industrial_compressed.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/479/proj._016.2023_-_altera_art._da_lei_060.2022_-_frente_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_017.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_lei_018.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_019.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_020.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/491/projeto_021.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_022.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_023.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/495/projeto_de_lei_024.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/501/proj._025.2023_-_aumento_ticket_alimentacao_4.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/502/proj._027.2023_-_prolongamento_de_rua_abertura_rua_entre_a_castro_alves_e_jose_do_patrocinio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/503/projet._028.2023_-_doacao_motoserra_para_corpo_de_bombeiros_de_jose_bonifacio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/505/proj._029.2023_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/508/proj._030.2023_-_regulacao_e_criacao__fundo_mun._dos_direitos_da_crianca_adolescente__-fmdca.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/509/proj._031.2023_-_cria_fundo_municipal_de_direitos_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/510/proj._032.2023_-_zoneamento__interesse_social_do_municipio_-_rua_paulo_vieira_matric._21.245.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_033.2023_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_034.2023_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_035.2023_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_036.2023_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_037.2023_x_11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/526/projeto__038.2023_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_039.2023__1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_040.2023__1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/535/projeto_de_lei_no_041.2023_-_pradronizacao_cores__predios_publicosadesivos_veic._frota_m_e_uniformes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_no_042.2023_000014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/540/projeto_043.2023_000034.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/541/projeto_044.2023_000036.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/542/projeto_045.2023_000038.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/548/projeto_de_lei_no_046.2023_20231011_100056.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/549/projeto_de_lei_no_047.2023_20231011_100914.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/552/proj_048_2023__institui_educacao_integral__na_rede_de_ensino_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/554/projeto_de_lei_049.2023_20231113_132641.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/555/projeto_de_lei_050.2023_20231113_131109.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_051.2023_20231113_130627.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/559/projeto_052.2023_20231122_102433.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_053.2023_20231124_154203.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/563/projeto_de_lei_054.2023_20231124_154421.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/564/projeto_de_lei_055.2023_20231127_151609.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/571/projeto_de_lei_056.2023_20231227_145722.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_lei_complementar_001.2023_-_acrescenta_paragarfo_na_lei_compl._011.2020_-_afstamento_servidor.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/467/proj._de_lei_complementar_002.2023_-_vencimentos_agentescomunitarios_de_saude_e_ag._comb.endemias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/468/pro.lei_complementar_003.2023_-_aumento_vagas_emprego_psicologo_mediante_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/469/proj._lei_complementar_004.2023_-_criacao_cargo_padeiro_mediante_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/470/proj.lei_complementar_005.2023_-_aumento_de_vagas_emprego_diretor_de_ensino_infantil_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/471/proj.lei_complementar_006.2023_-aumento_de_vagas_emprego_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/478/proj._de_lei_complementar_007.2023_-_cria_gratificacao_funcao_gestor_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_complementar_008.2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_complementar_009.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_lei_complementar_010.2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/492/projeto_de_lei_comp._011.2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_lei_comp.012.2023_000020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_lei_complementar_013.2023_20231123_094455.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/569/projeto_de_lei_complementar_014.2023_20231227_143642.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/570/projeto_de_lei_complementar_015.2023_20231227_144821.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_no_001.2023_-_revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/466/projeto_de_lei_no_002.2023_-_revisao_geral_anual_vereadores_e_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/512/projeto_legislativo_003.2023_000017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/515/projeto_lei_004.2023_000021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/544/projeto_de_lei_legislativo_no_005.2023_20231010_154523.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/545/projeto_de_decreto_legislativo_001.2023_20231010_153806.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/543/projeto_de_resolucao_001.2023_20231010_153609_ocred.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/546/projeto_de_resolucao_002.2023_20231010_154031_ocred.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/477/indicacao_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/480/indicacao_003.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_004.2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_005.2023-thiago.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/496/indicacao_006.2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/498/indicacao_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_008.2023__000003.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_009.2023-devair.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_010.2023-alessan_dro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_011.2023_000019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_013.2023_000025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_014.2023_000028.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_015.2023_000029.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_016.2023_11.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_018.2023_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/525/indicacao_019.2023_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_020.2023_11.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_021.2023_1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_022.2023_1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_023.2023_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/537/indicacao_024.2023_000015.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_025.2023_000018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/551/indicacao_026.2023_20231110_152537.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_027.2023_20231110_155458.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/558/indicacao_no_028.2023_20231121_154909.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/561/indicacao_029.2023-gercimar_20231123_155527.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/565/indicacao_030.2023_20231128_160541.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/566/indicacao_031.2023_20231128_160648.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/567/indicacao_no_032.20223_20231206_150446.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/568/documento_232.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_001.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/557/requerimento_no_002.2023-alessandro_devair_e_godoy.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/497/mocao_001.2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/536/proposta_de_emenda_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/534/denuncia_-_frasncisco_abilio_dos_santos_neto_x_gercimar_maximiliano_de_matos_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2023/504/veto_01-2023_a_emenda_aditiva_002-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="147" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="191" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="190.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>