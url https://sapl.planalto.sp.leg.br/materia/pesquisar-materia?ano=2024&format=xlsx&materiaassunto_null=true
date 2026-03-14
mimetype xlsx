--- v0 (2025-12-01)
+++ v1 (2026-03-14)
@@ -54,1022 +54,1022 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_001.2024_20240104_104738.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_001.2024_20240104_104738.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE AUXÍLIO FUNERAL PARA FAMÍLIAS CARENTES DO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/575/projeto_002.2024-executivo_20240110_152159.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/575/projeto_002.2024-executivo_20240110_152159.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/576/projeto_de_lei_003.2024_20240110_110129.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/576/projeto_de_lei_003.2024_20240110_110129.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO REAL DE USO PARA A CONSTRUÇÃO DE IMÓVEL PARA A FABRICAÇÃO DE SORVETES, POSSIBILITANDO A GERAÇÃO DE EMPREGOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/577/projeto_de_lei_executivo_004.2024_20240118_101327.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/577/projeto_de_lei_executivo_004.2024_20240118_101327.pdf</t>
   </si>
   <si>
     <t>Autoriza a Contabilidade do município a criar a ficha de dotação orçamentária para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/578/projeto_de_lei_executivo__no_005.2024_20240123_145408.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/578/projeto_de_lei_executivo__no_005.2024_20240123_145408.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenções sociais a entidade filantrópica que especifica, dando outras providências legais.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/579/projeto_de_lei_executivo__no_006.2024_20240123_150644.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/579/projeto_de_lei_executivo__no_006.2024_20240123_150644.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenção social ao Lar dos Velhos São Camilo de Leles, na cidade de Buritama-SP.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/580/projeto_de_lei_executivo__no_007.2024_20240123_151357.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/580/projeto_de_lei_executivo__no_007.2024_20240123_151357.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE CONCESSÃO DE REPASSES E SUBVENÇÕES SOCIAIS A ENTIDADE FILANTRÓPICA QUE ESPECIFICA, DANDO OUTRAS PROVIDÊNCIAS LEGAIS.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/581/proj._008_2024_-_prorrogacao_frente_de_trabalho.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/581/proj._008_2024_-_prorrogacao_frente_de_trabalho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DOS EFEITOS DO PROGRAMA “FRENTE EMERGENCIAL DE TRABALHO TEMPORÁRIO – FETT</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/585/projeto_009.2024_-_doacao_material_de_construcao_familias_de_baixa_renda.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/585/projeto_009.2024_-_doacao_material_de_construcao_familias_de_baixa_renda.pdf</t>
   </si>
   <si>
     <t>: Autoriza à doação de materiais de construção a famílias de baixa renda e dá outras providências legais.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/586/projeto_010_-_doacao_de_cestas_basicas_familias_dee_baixa_renda.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/586/projeto_010_-_doacao_de_cestas_basicas_familias_dee_baixa_renda.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE CESTAS BÁSICAS ÀS FAMÍLIAS DE BAIXA RENDA E DÁ OUTRAS PROVIDÊNCIAS LEGAIS QUE ESPECIFICA”.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/587/projeto_011.2024___credito_especial_-_construcao_de_galpao_para_triagem.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/587/projeto_011.2024___credito_especial_-_construcao_de_galpao_para_triagem.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/591/projeto_012.2024.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/591/projeto_012.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE DESENVOLVIMENTO ECONÔMICO DE PLANALTO, PARA A CRIAÇÃO DE POLO E  MINI DISTRITO INDUSTRIAL E COMERCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/603/projeto_013.2024_20240424_141314.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/603/projeto_013.2024_20240424_141314.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROLONGAMENTO DA RUA ANEZIO DIAS DOS SANTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/604/projeto_de_lei_014.2024_20240426_140206.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/604/projeto_de_lei_014.2024_20240426_140206.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROLONGAMENTO DA RUA FELICIANO  CUNHA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/606/projeto_de_lei_no_015.2024_20240429_093104.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/606/projeto_de_lei_no_015.2024_20240429_093104.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROLONGAMENTO DA RUA LUIZ AMÉRICO DE FREITAS-CDHU "E" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/608/ldo.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/608/ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/609/projeto_de_lei_017.2024_20240509_142836.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/609/projeto_de_lei_017.2024_20240509_142836.pdf</t>
   </si>
   <si>
     <t>Estabelece normas à Secretaria de Desenvolvimento Econômico, quanto a cessão de Direito Real de uso dos imóveis do município de Planalto e dá outras  providências.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/610/projeto_de_lei_018.2024_20240509_143437.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/610/projeto_de_lei_018.2024_20240509_143437.pdf</t>
   </si>
   <si>
     <t>Denomina de "NIVALDO MISAEL DE CASTILHO" o MINI DISTRITO INDUSTRIAL E COMERCIAL e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/611/projeto_de_lei_019.2024_20240509_144050.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/611/projeto_de_lei_019.2024_20240509_144050.pdf</t>
   </si>
   <si>
     <t>Denomina de "RENATO MORELATO" a rua existente no MINI DISTRITO INDUSTRIAL E COMERCIAL e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/619/projeto_de_lei_020.2024_20240621_152452.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/619/projeto_de_lei_020.2024_20240621_152452.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA DOAÇÃO DE LOTES DE INTERESSE SOCIAL URBANIZADOS DO MUNICÍPIO DE PLANALTO, PARA FINS DE MORADIA, DEFINE OS CRITÉRIOS PERTINENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/622/projeto_de_lei_021.2024_20240703_125101.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/622/projeto_de_lei_021.2024_20240703_125101.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura do Município de Planalto a receber, mediante repasse efetuado pelo Governo do Estado de São Paulo, através da Secretaria de Governo e Relações Institucionais.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>OLIMPIO SEVERINO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/637/projeto_de_lei_022.2024_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura_-_fmsai.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/637/projeto_de_lei_022.2024_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura_-_fmsai.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE SANEAMENTO AMBIENTAL E INFRAESTRUTURA-FMSAI E DÁ OUTRAS PROVDÊNCIAS.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/643/projeto_do_executivo_023.2024_20240927_090356.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/643/projeto_do_executivo_023.2024_20240927_090356.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DO POLO DE APOIO PRESENCIAL DA FUNDAÇÃO UNIVERSIDADE VIRTUAL DO ESTADO DE SÃO PAULO - UNIVESP, NO ÂMBITO DO MUNICÍPIO DE PLANALTO, VOLTADO À OFERTA DE CURSOS SUPERIORES NA MODALIDADE A DISTÂNCIA E DÁ PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/645/projeto_024.2024__-_alteracao_-_ppa_-_2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/645/projeto_024.2024__-_alteracao_-_ppa_-_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III do Plano Plurianual 2022/2025, relativo ao exercício de 2025.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/646/projeto_025.2024-_alteracao_-_ldo_-_2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/646/projeto_025.2024-_alteracao_-_ldo_-_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo V e VI da Lei de Diretrizes Orçamentarias - LDO, relativo ao exercício de 2025.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/647/projeto_026._2024__-_lei_do_orcamento__2025__-_loa_2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/647/projeto_026._2024__-_lei_do_orcamento__2025__-_loa_2025.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do município de PLanalto para o exercício de 2025.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_027_2024_-_concede_adicional_de_periculosidade.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_027_2024_-_concede_adicional_de_periculosidade.pdf</t>
   </si>
   <si>
     <t>CONCEDE ADICIONAL DE PERICULOSIDADE PARA OS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/665/projeto_de_lei_028_2024_-_concede_recomposicao_salarial_ao_servidores_publicos_que_recebem_referencia_salarial_abaixo_do_salario_minimo.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/665/projeto_de_lei_028_2024_-_concede_recomposicao_salarial_ao_servidores_publicos_que_recebem_referencia_salarial_abaixo_do_salario_minimo.pdf</t>
   </si>
   <si>
     <t>CONCEDE RECOMPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS QUE RECEBEM REFERÊNCIA SALARIAL ABAIXO DO SALÁRIO MÍNIMO.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/667/projeto_de_lei_executivo_029.2024_20241206_101519.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/667/projeto_de_lei_executivo_029.2024_20241206_101519.pdf</t>
   </si>
   <si>
     <t>Cria a Zona de Expansão Urbana 02.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA O ART.1º DA LEI Nº 002/98, QUE DISPÕE SOBRE A FORMA DE PAGAMENTO DO DÉCIMO TERCEIRO SALÁRIO DOS EMPREGADOS PÚBLICOS DO MUNICÍPIO DE PLANALTO.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/672/projeto_de_lei_031.2024_20241219_162346.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/672/projeto_de_lei_031.2024_20241219_162346.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO NATALINO NO ANO DE 2024 AOS EMPREGADOS PÚBLICOS ATIVOS (EFETIVOS E COMISSIONADOS) E MEMBROS DA FRENTE DE TRABALHO DO MUNICÍPIO DE PLANALTO.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/673/projeto_de_lei_032.2024_20241219_163307.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/673/projeto_de_lei_032.2024_20241219_163307.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para a instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação – ETR no município de Planalto, autorizada pela Agência Nacional de Telecomunicações - ANATEL, nos termos da legislação federal vigente.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/573/projeto_de_lei_complementar__001.2024_20240104_105227.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/573/projeto_de_lei_complementar__001.2024_20240104_105227.pdf</t>
   </si>
   <si>
     <t>EXTINGUE E ALTERA CARGOS NO QUADRO DOS CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DA PREFEITURA MUNICIPAL DE PLANALTO, CONFORME INSTITUÍDO PELA LEI MUNICIPAL 002/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/574/projeto_de_lei_complementar__002.2024_20240104_105739.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/574/projeto_de_lei_complementar__002.2024_20240104_105739.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DO NÚMERO DE VAGAS PARA O EMPREGO DE PROVIMENTO EFETIVO DE FARMACÊUTICO NO MUNICÍPIO DE PLANALTO, CRIA O EMPREGO DE CHEFE DO SETOR</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/584/projeto_de_lei_comp.003.2024_20240209_164008.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/584/projeto_de_lei_comp.003.2024_20240209_164008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DO NÚMERO DE VAGAS PARA O EMPREGO DE PROVIMENTO EFETIVO DE AUXILIAR DE SAÚDE BUCAL NO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/589/projeto_de_lei_comp.005.2024_20240321_154450.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/589/projeto_de_lei_comp.005.2024_20240321_154450.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DA LEI COMPLEMENTAR MUNICIPAL Nº 003/2024 QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/598/projeto_de_lei_comp.006.2024_20240401_095803.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/598/projeto_de_lei_comp.006.2024_20240401_095803.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VENCIMENTOS DO AGENTE COMUNITÁRIO DE SAÚDE, AGENTE SANITÁRIO E VISITADOR SANITÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/600/projeto_de_lei_comp._007.2024_20240402_095145.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/600/projeto_de_lei_comp._007.2024_20240402_095145.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DO NÚMERO DE VAGAS PARA O EMPREGO DE PROVIMENTO EFETIVO DE MOTORISTA NO MUNICÍPIO DE PLANALTO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/599/projeto_de_lei_comp._008.2024_20240402_095512.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/599/projeto_de_lei_comp._008.2024_20240402_095512.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DO NÚMERO DE VAGAS PARA O EMPREGO DE PROVIMENTO EFETIVO DE ASSISTENTE SOCIAL NO MUNICÍPIO DE PLANALTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/601/projeto_de_lei_comp._009.2024_20240402_100618.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/601/projeto_de_lei_comp._009.2024_20240402_100618.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA JORNADA DE TRABALHO E REFERÊNCIA PARA O EMPREGO DE SECRETÁRIO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO, TURISMO E INOVAÇÃO TECNOLÓGICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/605/projeto_de_lei_comp.010.2024_20240426_154030.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/605/projeto_de_lei_comp.010.2024_20240426_154030.pdf</t>
   </si>
   <si>
     <t>Altera os requisitos para preenchimento da função de confiança para ocupação do Cargo de Diretor do Serviço de Vigilância Sanitária e Epidemiológica instituída pela Lei Municipal 002/2022, e dá outras providências</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/618/projeto_de_lei_comp.012.2024_20240621_151148.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/618/projeto_de_lei_comp.012.2024_20240621_151148.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DO NÚMERO DE VAGAS PARA O EMPREGO DE PROVIMENTO EFETIVO DE AGENTE COMUNITÁRIO DE SAÚDE NO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_de_lei_comp.013.2024_20240703_125632.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_de_lei_comp.013.2024_20240703_125632.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DO NÚMERO DE VAGAS PARA OS EMPREGOS DE PROVIMENTO EFETIVO DE AGENTE COMUNITÁRIO DE SAÚDE NO MUNICÍPIO DE PLANALTO, ATENDENTE DE CONSULTÓRIO DE DENTISTA, FARMACÊUTICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/655/projeto_de_lei_complementar_014.2024_20241108_152439.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/655/projeto_de_lei_complementar_014.2024_20241108_152439.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA JORNADA DE TRABALHO DE 40H SEMANAIS PARA O EMPREGO DE SECRETÁRIO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO, TURISMO E INOVAÇÃO TECNOLÓGICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_complementar_015.2024_20241113_143551.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_complementar_015.2024_20241113_143551.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DO EMPREGO EM COMISSÃO DE SECRETÁRIO MUNICIPAL DE POLO DE APOIO PRESENCIAL DA UNIVERSIDADE VIRTUAL DO ESTADO DE SÃO PAULO-UNIVESP NO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_de_lei_complementar_016_2024_aumento_de_numero_de_vagas.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_de_lei_complementar_016_2024_aumento_de_numero_de_vagas.pdf</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_completar_017.2024_20241206_102236.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_completar_017.2024_20241206_102236.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento do número de vagas para o emprego de provimento efetivo de motorista e dá outras providências.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/671/projeto_de_lei_complementar_no_018.2024_20241218_161041.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/671/projeto_de_lei_complementar_no_018.2024_20241218_161041.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA AS FALTAS JUSTIFICADAS AO SERVIÇO PÚBLICO, CONFORME ART.473, INCISOS, DA CLT E LEI MUNICIPAL Nº 023/93: ALTERA A LEI COMPLEMENTAR Nº 006/2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/588/projeto_de_lei_no_001-2024_-_concurso_de_pcriacao_do_cargo_de_controlador_interno.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/588/projeto_de_lei_no_001-2024_-_concurso_de_pcriacao_do_cargo_de_controlador_interno.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos permanentes tutelados  pela CLT-Consolidação das Leis do Trabalho e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>Gercimar Maximiliano de Matos</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/593/projeto_legislativo_002.2024.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/593/projeto_legislativo_002.2024.pdf</t>
   </si>
   <si>
     <t>Denomina de "Valdivina Maria Bento" o loteamento Planalto F e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>LEANDRO BATISTA DIONISIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/595/projeto_de_lei__leg.003.2024_20240401_134828.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/595/projeto_de_lei__leg.003.2024_20240401_134828.pdf</t>
   </si>
   <si>
     <t>Denomina de Ademar Ribeiro da Silva a Rua Hum, que fica encravada no loteamento Valdivina Maria Bento e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>Jesus Aparecido do Prado</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/596/projeto_de_lei_leg.004.2024_20240401_133855.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/596/projeto_de_lei_leg.004.2024_20240401_133855.pdf</t>
   </si>
   <si>
     <t>Denomina de "Domingos Félix de Amaro" a Rua Dois, que fica encravada no loteamento Valdivina  Maria Bento e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>Samuel Oliveira dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/597/projeto_de_lei__leg.005.2024_20240401_140117.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/597/projeto_de_lei__leg.005.2024_20240401_140117.pdf</t>
   </si>
   <si>
     <t>Denomina de " João dos Reis da Silva" a Rua Três, que fica encravada no loteamento Valdivina Maria Bento e dá outras providências legais que especifica.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_lei_no_006-2024_-_repristinacao.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_lei_no_006-2024_-_repristinacao.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 069, de 16 de dezembro de 2021 e a Lei Municipal nº 03, de 23 de janeiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_no_007.2024_-_fixa_os_subsidios_do_prefeito_e_vice-prefeito.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_no_007.2024_-_fixa_os_subsidios_do_prefeito_e_vice-prefeito.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios mensais do Prefeito e do Vice-Prefeito do Município de Planalto para o quadriênio 2025-2028 e dá outras providências.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>Devair Fernandes Costa</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/654/projeto_de_lei_do_legislativo_no_008.2024_20241108_172718.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/654/projeto_de_lei_do_legislativo_no_008.2024_20241108_172718.pdf</t>
   </si>
   <si>
     <t>Denomina de Elias Gonçalves a Secretaria da Câmara Municipal de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>THIAGO TOBIAS CARMO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/617/projeto_de_decreto_legislativo_001.2024_20240701_093659.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/617/projeto_de_decreto_legislativo_001.2024_20240701_093659.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Parecer Prévio do E. Tribunal de Contas e da Aprovação das Contas da Prefeitura Municipal de Planalto Exercício de 2021.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA - SECLEG</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_decreto_legislativo_no_002.2024-_contas_20241108_153430.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_decreto_legislativo_no_002.2024-_contas_20241108_153430.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Parecer Prévio do E.Tribunal de Contas e da Aprovação das Contas da Prefeitura Municipal de Planalto,  Exercício de 2021.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/657/projeto_de_decreto_legislativo_no_003.2024-__20241108_154632.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/657/projeto_de_decreto_legislativo_no_003.2024-__20241108_154632.pdf</t>
   </si>
   <si>
     <t>CONCEDE HOMENAGEM À POLÍCIA CIVIL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/592/projeto_de_resolucao_no_001.2024_-_altera_o_horario_das_sessoes_para_as_20_horas.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/592/projeto_de_resolucao_no_001.2024_-_altera_o_horario_das_sessoes_para_as_20_horas.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 84 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/623/projeto_de_resolucao_no_002.2024_-_fixacao_do_subsidio_dos_vereadoes_e_do_presidente_da_camara.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/623/projeto_de_resolucao_no_002.2024_-_fixacao_do_subsidio_dos_vereadoes_e_do_presidente_da_camara.pdf</t>
   </si>
   <si>
     <t>Fixa  os subsídios Mensais dos Vereadores e do Presidente da Câmara Municipal de Planalto para o quadriênio 2025-2028 e dá outras providências.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_resolucao_003.2024_20240809_140139.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_resolucao_003.2024_20240809_140139.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e regulamentação da Ouvidoria Parlamentar da Câmara Municipal de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/634/projeto_de_resolucao_004.2024_20240809_135757.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/634/projeto_de_resolucao_004.2024_20240809_135757.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do SIC (Serviço de informação ao cidadão) no âmbito da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_resolucao_no_005.2024_20241218_141500.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_resolucao_no_005.2024_20241218_141500.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE BENS MÓVEIS DA CÂMARA MUNICIPAL DE PLANALTO PARA A PREFEITURA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/582/documento_244.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/582/documento_244.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr.Prefeito Municipal que conceda reposição salarial aos funcionários públicos do município de Planalto.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/583/indicacao_002.2024_20240209_154549.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/583/indicacao_002.2024_20240209_154549.pdf</t>
   </si>
   <si>
     <t>INDICA ao  Exmo.Sr.Prefeito Municipal a necessidade urgente de recuperação das sinalizações da Vicinal “OLIMPIO RODRIUES CHAVES”, que liga o município de Planalto ao município de Zacarias.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/594/indicacao_003.2024_20240401_132943.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/594/indicacao_003.2024_20240401_132943.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo.Sr.Prefeito Municipal que instale um bebedouro de água nas proximidades do banheiro público e do parquinho, na praça central da nossa cidade.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/602/indicacao_004.2024_20240405_142022.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/602/indicacao_004.2024_20240405_142022.pdf</t>
   </si>
   <si>
     <t>Indica ao  Exmo.Sr.Prefeito Municipal que seja realizada uma reforma completa nos banheiros da rodoviária e que sejam providenciados os acessórios essenciais e  indispensáveis à higiene e conforto dos usuários para o uso adequado desses espaços.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>Guilherme Silva Bonfim</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/607/indicacao_005.2024_20240430_094635.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/607/indicacao_005.2024_20240430_094635.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que contrate profissionais especializados em Pilates, para atender aos munícipes planaltenses.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/612/indicacao_006.2024_20240510_135624.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/612/indicacao_006.2024_20240510_135624.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr. Prefeito Municipal que promova a limpeza das instalações da Hidroginástica do Município , bem como, que instale uma proteção adequada contra pombos, para que se torne um local saudável e adequado para os fins a que se destina.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/613/indicacao_007.2024-gercimar_20240522_144158.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/613/indicacao_007.2024-gercimar_20240522_144158.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo.Sr.Prefeito Municipal que substitua as telhas que estão quebradas, bem como, que troque as 4 (quatro) lâmpadas que estão queimadas no Ginásio de Esportes do nosso município.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/614/indicacao_008.2024-devair_20240523_093722.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/614/indicacao_008.2024-devair_20240523_093722.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que providencie a realização de melhorias nas instalações do Parquinho Municipal Victor Vicente, bem como, que providencie a fiscalização do uso do mesmo através da contratação de um(a) guarda/segurança.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/615/indicacao_009.2024-gercimar_20240603_132431.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/615/indicacao_009.2024-gercimar_20240603_132431.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que intervenha junto à empresa construtora do Conjunto Habitacional Miguel Edistio Chaves para que providencie a sinalização de trânsito, bem como, que providencie a limpeza das casas que estão desocupadas.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_no_010.2024_20240701_091642.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_no_010.2024_20240701_091642.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que construa uma lombada na Avenida Rio Branco, próxima ao número 1318.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/638/indicacao_011.2024_20240828_143036.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/638/indicacao_011.2024_20240828_143036.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que construa uma lombada em frente ao Centro Municipal de Educação Infantil (CMEI) Prof.José Marcos de Paula.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/639/indicacao_012.2024_20240904_123708.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/639/indicacao_012.2024_20240904_123708.pdf</t>
   </si>
   <si>
     <t>INDICA ao  Exmo.Sr.Prefeito Municipal para que sejam tomadas as devidas providências para a inscrição  do nome no Ginásio de Esportes “Aparecido Célio Moreira”, localizado nesse município.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>José Roberto de Godoy</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_013.2024-godoy_20240904_150646.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_013.2024-godoy_20240904_150646.pdf</t>
   </si>
   <si>
     <t>INDICA ao  Exmo.Sr.Prefeito Municipal que tome as providências necessárias para a construção, com a máxima urgência possível, de uma lombada na vicinal Olimpio Rodrigues Chaves, no sentido Zacarias/Planalto, especificamente antes do desvio para a Avenida Marginal José Lopes Marques (popular anel viário), localizado atrás do loteamento Jardim Primavera.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_014.2024_20240906_150826.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_014.2024_20240906_150826.pdf</t>
   </si>
   <si>
     <t>INDICA ao  Exmo.Sr.Prefeito Municipal que solicite junto ao Departamento de Estradas de Rodagem (DER) para que sejam instaladas sinalizações adequadas nos pontos de travessia de animais ao longo da Rodovia Antônio Palharane, que liga o município de Planalto à Rodovia Assis Chateaubriand (trevo), visando mitigar os riscos presentes nesse trecho, considerando que essa via é um importante corredor de acesso para as populações de Buritama, Zacarias e Planalto com destino aos grandes centros.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_015.2024_20240927_110759.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_015.2024_20240927_110759.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito municipal que intervenha junto aos Correios para que seja regularizada a entrega de correspondências e demais serviços prestados  pela empresa no residencial Antonio Felipe Passeti, bem como , que a coleta de lixo seja feita todos os dias da semana.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/649/indicacao_016.2024-guilherme_silva_20241016_085834.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/649/indicacao_016.2024-guilherme_silva_20241016_085834.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Prefeito Municipal que incentive a prática de artes marciais no nosso município, mais especificamente o Karatê, cujas aulas são ministradas pelo professor Cleiton Luciano Souza Bonfanti, devendo ser direcionadas às crianças e jovens de baixa renda e que se encontram em situação de vulnerabilidade social do município, de Planalto.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/653/indicacao_017.2024-gercimar_20241106_154159.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/653/indicacao_017.2024-gercimar_20241106_154159.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO.SR.PREFEITO MUNICIPAL QUE INTERVENHA JUNTO AO PROPRIETÁRIO DA PLANTAÇÃO DE SERINGUEIRA QUE FAZ DIVISA COM O CONJUNTO HABITACIONAL MIGUEL EDISTIO CHAVES PARA QUE SEJA PROVIDENCIADA A PODA  DAS ÁRVORES LINDEIRAS.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/661/indicacao__018.2024_20241113_104757.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/661/indicacao__018.2024_20241113_104757.pdf</t>
   </si>
   <si>
     <t>INDICAM ao  Exmo.Sr.Prefeito Municipal que seja concedida uma Bonificação Natalina aos servidores do nosso município.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/662/indicacao__019.2024_20241113_101212.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/662/indicacao__019.2024_20241113_101212.pdf</t>
   </si>
   <si>
     <t>Os vereadores que compõem essa Egrégia Casa de Leis, no uso de suas atribuições legais, vem respeitosamente indicar ao Ilustríssimo Senhor Thiago Tobias Carmo da Silva, Presidente desta Egrégia Casa, que seja concedido um Abono Natalino aos servidores do Legislativo municipal, independentemente de concessão similar aos servidores do Executivo.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/590/requerimento_no_001_de_2024_-_alessandro_de_falchi_bonfim_-_infomracoes_sbre_precatorios_-_usina_fotovoltaica_-_valor_da_aquisicao_da_area_e_vaor_de_drenagem_e_guias_do_minidistrito_industrial.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/590/requerimento_no_001_de_2024_-_alessandro_de_falchi_bonfim_-_infomracoes_sbre_precatorios_-_usina_fotovoltaica_-_valor_da_aquisicao_da_area_e_vaor_de_drenagem_e_guias_do_minidistrito_industrial.pdf</t>
   </si>
   <si>
     <t>Requer informações junto ao Executivo referente aos precatórios, investimento para implantação da Usina de Minigeração Fotovoltaica, aquisição de área e valor da execução de drenagem e de guias e sarjetas do Mini Distrito Industrial.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/636/requerimento_002.024_20240823_154031.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/636/requerimento_002.024_20240823_154031.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado Requerimento ao Excelentíssimo Senhor Prefeito Municipal, solicitando informações detalhadas sobre o Projeto de Doação de lotes municipal.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_003.2024_20240912_105914.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_003.2024_20240912_105914.pdf</t>
   </si>
   <si>
     <t>Nós, Guilherme Silva Bonfim, Alessandro de Falchi Bonfim e Devair Fernandes Costa, Vereadores da Câmara Municipal de Planalto, REQUEREMOS ao Excelentíssimo senhor Prefeito Municipal que promova a limpeza das instalações da Hidroginástica do Município, bem como, que instale uma proteção adequada contra pombos, para que se torne um local saudável e adequado para os fins a que se destina._x000D_
 _x000D_
 Requer-se, ainda, que sejam realizadas melhorias no banheiro, na cozinha, haja vista o mau estado de conservação destes, haja vista que, no local onde é feita hidroginástica há o acúmulo de fezes de pombos, fazendo com que o local fique sujo, principalmente a piscina, podendo trazer doenças graves aos munícipes que utilizam o local.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/648/requerimento_004.2024-leandro_batista_20241015_094121.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/648/requerimento_004.2024-leandro_batista_20241015_094121.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Prefeito Municipal que informe se há um número máximo de pacientes que podem ser encaminhados para a Santa Casa de José Bonifácio, ou ao Hospital de Base de São José do Rio Preto. Caso a resposta seja afirmativa, requeiro seja informado o número de pacientes por dia, semana ou mensal que podem ser encaminhados pelos profissionais médico do nosso município. Caso não haja um número máximo, requeiro que seja informado se há algum critério para encaminhamento dos pacientes. Caso o prefeito não tenha conhecimento a respeito do solicitado através do presente requerimento, solicito que busque junto ao setor competente o envio das informações aqui solicitadas.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/650/requerimento_005.2024-_gercimar_20241016_092810.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/650/requerimento_005.2024-_gercimar_20241016_092810.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo senhor Prefeito Municipal que faça a adequação das funções dos servidores do quadro de funcionários do executivo municipal, para que, cada servidor desempenhe as atribuições que realmente lhe cabem, pois, há inúmeros funcionários que passaram no concurso público para exercerem uma determinada função e acabam sendo desviados para desempenharem serviço diferente daquele ao qual realmente foram contratados.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/652/requerimento_006.2024-gercimar_20241106_153505.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/652/requerimento_006.2024-gercimar_20241106_153505.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXMO. SR.PREFEITO MUNICIPAL QUE RECONSIDERE A FINALIZAÇÃO DO MINI DISTRITO INDUSTRIAL E COMERCIAL NIVALDO MISAEL DE CASTILHO.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>VETO APOSTO PELO PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/635/veto_001.2024_20240815_10044.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/635/veto_001.2024_20240815_10044.pdf</t>
   </si>
   <si>
     <t>VETO AO PROJETO DE LEI Nº 007/2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1376,51 +1376,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_001.2024_20240104_104738.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/575/projeto_002.2024-executivo_20240110_152159.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/576/projeto_de_lei_003.2024_20240110_110129.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/577/projeto_de_lei_executivo_004.2024_20240118_101327.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/578/projeto_de_lei_executivo__no_005.2024_20240123_145408.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/579/projeto_de_lei_executivo__no_006.2024_20240123_150644.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/580/projeto_de_lei_executivo__no_007.2024_20240123_151357.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/581/proj._008_2024_-_prorrogacao_frente_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/585/projeto_009.2024_-_doacao_material_de_construcao_familias_de_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/586/projeto_010_-_doacao_de_cestas_basicas_familias_dee_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/587/projeto_011.2024___credito_especial_-_construcao_de_galpao_para_triagem.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/591/projeto_012.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/603/projeto_013.2024_20240424_141314.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/604/projeto_de_lei_014.2024_20240426_140206.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/606/projeto_de_lei_no_015.2024_20240429_093104.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/608/ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/609/projeto_de_lei_017.2024_20240509_142836.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/610/projeto_de_lei_018.2024_20240509_143437.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/611/projeto_de_lei_019.2024_20240509_144050.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/619/projeto_de_lei_020.2024_20240621_152452.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/622/projeto_de_lei_021.2024_20240703_125101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/637/projeto_de_lei_022.2024_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura_-_fmsai.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/643/projeto_do_executivo_023.2024_20240927_090356.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/645/projeto_024.2024__-_alteracao_-_ppa_-_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/646/projeto_025.2024-_alteracao_-_ldo_-_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/647/projeto_026._2024__-_lei_do_orcamento__2025__-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_027_2024_-_concede_adicional_de_periculosidade.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/665/projeto_de_lei_028_2024_-_concede_recomposicao_salarial_ao_servidores_publicos_que_recebem_referencia_salarial_abaixo_do_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/667/projeto_de_lei_executivo_029.2024_20241206_101519.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/672/projeto_de_lei_031.2024_20241219_162346.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/673/projeto_de_lei_032.2024_20241219_163307.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/573/projeto_de_lei_complementar__001.2024_20240104_105227.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/574/projeto_de_lei_complementar__002.2024_20240104_105739.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/584/projeto_de_lei_comp.003.2024_20240209_164008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/589/projeto_de_lei_comp.005.2024_20240321_154450.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/598/projeto_de_lei_comp.006.2024_20240401_095803.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/600/projeto_de_lei_comp._007.2024_20240402_095145.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/599/projeto_de_lei_comp._008.2024_20240402_095512.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/601/projeto_de_lei_comp._009.2024_20240402_100618.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/605/projeto_de_lei_comp.010.2024_20240426_154030.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/618/projeto_de_lei_comp.012.2024_20240621_151148.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_de_lei_comp.013.2024_20240703_125632.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/655/projeto_de_lei_complementar_014.2024_20241108_152439.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_complementar_015.2024_20241113_143551.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_de_lei_complementar_016_2024_aumento_de_numero_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_completar_017.2024_20241206_102236.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/671/projeto_de_lei_complementar_no_018.2024_20241218_161041.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/588/projeto_de_lei_no_001-2024_-_concurso_de_pcriacao_do_cargo_de_controlador_interno.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/593/projeto_legislativo_002.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/595/projeto_de_lei__leg.003.2024_20240401_134828.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/596/projeto_de_lei_leg.004.2024_20240401_133855.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/597/projeto_de_lei__leg.005.2024_20240401_140117.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_lei_no_006-2024_-_repristinacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_no_007.2024_-_fixa_os_subsidios_do_prefeito_e_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/654/projeto_de_lei_do_legislativo_no_008.2024_20241108_172718.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/617/projeto_de_decreto_legislativo_001.2024_20240701_093659.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_decreto_legislativo_no_002.2024-_contas_20241108_153430.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/657/projeto_de_decreto_legislativo_no_003.2024-__20241108_154632.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/592/projeto_de_resolucao_no_001.2024_-_altera_o_horario_das_sessoes_para_as_20_horas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/623/projeto_de_resolucao_no_002.2024_-_fixacao_do_subsidio_dos_vereadoes_e_do_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_resolucao_003.2024_20240809_140139.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/634/projeto_de_resolucao_004.2024_20240809_135757.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_resolucao_no_005.2024_20241218_141500.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/582/documento_244.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/583/indicacao_002.2024_20240209_154549.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/594/indicacao_003.2024_20240401_132943.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/602/indicacao_004.2024_20240405_142022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/607/indicacao_005.2024_20240430_094635.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/612/indicacao_006.2024_20240510_135624.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/613/indicacao_007.2024-gercimar_20240522_144158.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/614/indicacao_008.2024-devair_20240523_093722.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/615/indicacao_009.2024-gercimar_20240603_132431.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_no_010.2024_20240701_091642.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/638/indicacao_011.2024_20240828_143036.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/639/indicacao_012.2024_20240904_123708.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_013.2024-godoy_20240904_150646.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_014.2024_20240906_150826.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_015.2024_20240927_110759.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/649/indicacao_016.2024-guilherme_silva_20241016_085834.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/653/indicacao_017.2024-gercimar_20241106_154159.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/661/indicacao__018.2024_20241113_104757.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/662/indicacao__019.2024_20241113_101212.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/590/requerimento_no_001_de_2024_-_alessandro_de_falchi_bonfim_-_infomracoes_sbre_precatorios_-_usina_fotovoltaica_-_valor_da_aquisicao_da_area_e_vaor_de_drenagem_e_guias_do_minidistrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/636/requerimento_002.024_20240823_154031.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_003.2024_20240912_105914.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/648/requerimento_004.2024-leandro_batista_20241015_094121.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/650/requerimento_005.2024-_gercimar_20241016_092810.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/652/requerimento_006.2024-gercimar_20241106_153505.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/635/veto_001.2024_20240815_10044.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_001.2024_20240104_104738.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/575/projeto_002.2024-executivo_20240110_152159.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/576/projeto_de_lei_003.2024_20240110_110129.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/577/projeto_de_lei_executivo_004.2024_20240118_101327.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/578/projeto_de_lei_executivo__no_005.2024_20240123_145408.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/579/projeto_de_lei_executivo__no_006.2024_20240123_150644.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/580/projeto_de_lei_executivo__no_007.2024_20240123_151357.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/581/proj._008_2024_-_prorrogacao_frente_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/585/projeto_009.2024_-_doacao_material_de_construcao_familias_de_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/586/projeto_010_-_doacao_de_cestas_basicas_familias_dee_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/587/projeto_011.2024___credito_especial_-_construcao_de_galpao_para_triagem.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/591/projeto_012.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/603/projeto_013.2024_20240424_141314.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/604/projeto_de_lei_014.2024_20240426_140206.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/606/projeto_de_lei_no_015.2024_20240429_093104.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/608/ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/609/projeto_de_lei_017.2024_20240509_142836.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/610/projeto_de_lei_018.2024_20240509_143437.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/611/projeto_de_lei_019.2024_20240509_144050.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/619/projeto_de_lei_020.2024_20240621_152452.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/622/projeto_de_lei_021.2024_20240703_125101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/637/projeto_de_lei_022.2024_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura_-_fmsai.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/643/projeto_do_executivo_023.2024_20240927_090356.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/645/projeto_024.2024__-_alteracao_-_ppa_-_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/646/projeto_025.2024-_alteracao_-_ldo_-_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/647/projeto_026._2024__-_lei_do_orcamento__2025__-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_027_2024_-_concede_adicional_de_periculosidade.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/665/projeto_de_lei_028_2024_-_concede_recomposicao_salarial_ao_servidores_publicos_que_recebem_referencia_salarial_abaixo_do_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/667/projeto_de_lei_executivo_029.2024_20241206_101519.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/672/projeto_de_lei_031.2024_20241219_162346.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/673/projeto_de_lei_032.2024_20241219_163307.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/573/projeto_de_lei_complementar__001.2024_20240104_105227.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/574/projeto_de_lei_complementar__002.2024_20240104_105739.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/584/projeto_de_lei_comp.003.2024_20240209_164008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/589/projeto_de_lei_comp.005.2024_20240321_154450.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/598/projeto_de_lei_comp.006.2024_20240401_095803.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/600/projeto_de_lei_comp._007.2024_20240402_095145.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/599/projeto_de_lei_comp._008.2024_20240402_095512.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/601/projeto_de_lei_comp._009.2024_20240402_100618.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/605/projeto_de_lei_comp.010.2024_20240426_154030.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/618/projeto_de_lei_comp.012.2024_20240621_151148.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_de_lei_comp.013.2024_20240703_125632.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/655/projeto_de_lei_complementar_014.2024_20241108_152439.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_complementar_015.2024_20241113_143551.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_de_lei_complementar_016_2024_aumento_de_numero_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_completar_017.2024_20241206_102236.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/671/projeto_de_lei_complementar_no_018.2024_20241218_161041.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/588/projeto_de_lei_no_001-2024_-_concurso_de_pcriacao_do_cargo_de_controlador_interno.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/593/projeto_legislativo_002.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/595/projeto_de_lei__leg.003.2024_20240401_134828.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/596/projeto_de_lei_leg.004.2024_20240401_133855.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/597/projeto_de_lei__leg.005.2024_20240401_140117.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_lei_no_006-2024_-_repristinacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_no_007.2024_-_fixa_os_subsidios_do_prefeito_e_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/654/projeto_de_lei_do_legislativo_no_008.2024_20241108_172718.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/617/projeto_de_decreto_legislativo_001.2024_20240701_093659.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_decreto_legislativo_no_002.2024-_contas_20241108_153430.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/657/projeto_de_decreto_legislativo_no_003.2024-__20241108_154632.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/592/projeto_de_resolucao_no_001.2024_-_altera_o_horario_das_sessoes_para_as_20_horas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/623/projeto_de_resolucao_no_002.2024_-_fixacao_do_subsidio_dos_vereadoes_e_do_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_resolucao_003.2024_20240809_140139.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/634/projeto_de_resolucao_004.2024_20240809_135757.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_resolucao_no_005.2024_20241218_141500.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/582/documento_244.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/583/indicacao_002.2024_20240209_154549.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/594/indicacao_003.2024_20240401_132943.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/602/indicacao_004.2024_20240405_142022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/607/indicacao_005.2024_20240430_094635.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/612/indicacao_006.2024_20240510_135624.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/613/indicacao_007.2024-gercimar_20240522_144158.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/614/indicacao_008.2024-devair_20240523_093722.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/615/indicacao_009.2024-gercimar_20240603_132431.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_no_010.2024_20240701_091642.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/638/indicacao_011.2024_20240828_143036.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/639/indicacao_012.2024_20240904_123708.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_013.2024-godoy_20240904_150646.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_014.2024_20240906_150826.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_015.2024_20240927_110759.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/649/indicacao_016.2024-guilherme_silva_20241016_085834.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/653/indicacao_017.2024-gercimar_20241106_154159.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/661/indicacao__018.2024_20241113_104757.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/662/indicacao__019.2024_20241113_101212.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/590/requerimento_no_001_de_2024_-_alessandro_de_falchi_bonfim_-_infomracoes_sbre_precatorios_-_usina_fotovoltaica_-_valor_da_aquisicao_da_area_e_vaor_de_drenagem_e_guias_do_minidistrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/636/requerimento_002.024_20240823_154031.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_003.2024_20240912_105914.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/648/requerimento_004.2024-leandro_batista_20241015_094121.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/650/requerimento_005.2024-_gercimar_20241016_092810.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/652/requerimento_006.2024-gercimar_20241106_153505.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2024/635/veto_001.2024_20240815_10044.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>