--- v0 (2026-01-20)
+++ v1 (2026-03-13)
@@ -54,2131 +54,2131 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/694/proj._001.2025__-_reprogramacao_apae.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/694/proj._001.2025__-_reprogramacao_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza a reprogramação do repasse à entidade filantrópica APAE – Associação de Pais e Amigos dos Excepcionais de José Bonifácio, dando outras providências legais.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/695/proj._002.2025__-_subvencoes_apae_2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/695/proj._002.2025__-_subvencoes_apae_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenções sociais a entidade filantrópica que específica, dando outras providências legais.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/696/proj._003.2025__-_subvencao_lar_dos_vehos_sao_camilo_de_leles_buritama.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/696/proj._003.2025__-_subvencao_lar_dos_vehos_sao_camilo_de_leles_buritama.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de repasses e subvenção social ao Lar dos Velhos São Camilo de Leles, na cidade de Buritama - SP</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/697/proj.004.2025_-_doacao_material_de_construcao_familias_de_baixa_renda.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/697/proj.004.2025_-_doacao_material_de_construcao_familias_de_baixa_renda.pdf</t>
   </si>
   <si>
     <t>: Autoriza à doação de materiais de construção a famílias de baixa renda e dá outras providências legais.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/698/proj._005.2025-_doacao_de_cestas_basicas_familias_dee_baixa_renda.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/698/proj._005.2025-_doacao_de_cestas_basicas_familias_dee_baixa_renda.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE CESTAS BÁSICAS ÀS FAMÍLIAS DE BAIXA RENDA E DÁ OUTRAS PROVIDÊNCIAS LEGAIS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE CONCESSÃO DE REPASSES E SUBVENÇÕES SOCIAIS A ENTIDADE FILANTRÓPICA QUE ESPECIFICA, DANDO OUTRAS PROVIDÊNCIAS LEGAIS.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_007_2025_altera_valor_do_rpv_0001.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_007_2025_altera_valor_do_rpv_0001.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 027/2021 QUE DEFINE O VALOR DAS OBRIGAÇÕES DE PEQUENO VALOR (RPV) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/711/projeto_de_lei_008_2025_servidores_dirigir_carros_oficiais.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/711/projeto_de_lei_008_2025_servidores_dirigir_carros_oficiais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização do(s) Prefeito(s), Vice-Prefeito(s), Secretários municipais , servidores efetivos e comissionados  a dirigirem veículos oficiais  da Administração Pública municipal nas hipóteses de interesse público, dando outras providências legais.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/715/projeto_executivo_009.2025_20250307.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/715/projeto_executivo_009.2025_20250307.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal 027/2019, de 15 de Agosto de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/729/projeto_do_executivo_010.2025_20250328.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/729/projeto_do_executivo_010.2025_20250328.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PROJETO SOCIAL "CESTA AMIGA-ALIMENTANDO ESPERANÇAS"-DE DOAÇÃO DE CESTAS BÁSICAS DE ALIMENTAÇÃO DESTINADO ÀS FAMÍLIAS QUE SE ENCONTRAM EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS LEGAIS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/751/proj._011.2025____-___ppa_2026-2029.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/751/proj._011.2025____-___ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Plurianual do Município de Planalto-SP, para o quadriênio de 2026 a 2029 e dá outras providências</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/752/proj.__012.2025__-_lei_de_diretrizes_orcamentaria___-____ldo_2026.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/752/proj.__012.2025__-_lei_de_diretrizes_orcamentaria___-____ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2026 e dá outras providências</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ROSIMEIRE BARBOSA SILVÉRIO - PREFEITA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/747/proj._013.2025_-_dispoe_sobre_alteracao_da_lei_municipal_no._027_2019_-_veiculos_abandonados_na_via_publica..pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/747/proj._013.2025_-_dispoe_sobre_alteracao_da_lei_municipal_no._027_2019_-_veiculos_abandonados_na_via_publica..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº. 027/2019 DE 15 DE AGOSTO DE 2019 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/748/proj._014.2025_-_dispoe_sobre_alteracao_do_anexo_iv_da_lc_002.2022_-_funcao_de_confianca.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/748/proj._014.2025_-_dispoe_sobre_alteracao_do_anexo_iv_da_lc_002.2022_-_funcao_de_confianca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO IV – QUADRO DE FUNÇÕES DE CONFIANÇA DA LEI COMPLEMENTAR Nº. 002/2022 DE 31 DE MARÇO DE 2022 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/749/proj._0152025_cessao_de_equipamentos_do_municipio_para_geracao_de_empregos.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/749/proj._0152025_cessao_de_equipamentos_do_municipio_para_geracao_de_empregos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CEDER EM COMODATO, MÁQUINAS, EQUIPAMENTOS E UTENSÍLIOS OBJETIVANDO A GERAÇÃO DE RENDAS NO MUNICÍPIO DE PLANALTO/SP E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/750/proj._016.2025_cria_programa_de_incentivo_a_industrializacao.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/750/proj._016.2025_cria_programa_de_incentivo_a_industrializacao.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE INCENTIVO À INDUSTRIALIZAÇÃO E IMPLANTAÇÃO DE EMPRESAS, ASSOCIAÇÕES E COOPERATIVAS NO MUNICÍPIO DE PLANALTO/SP E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_ex.017.2025_20250602.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_ex.017.2025_20250602.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/768/projeto_de_lei_ex.018.2025_20250602.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/768/projeto_de_lei_ex.018.2025_20250602.pdf</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/780/proj.019.2025___-_criacao_conselho_municipal_de_cultura.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/780/proj.019.2025___-_criacao_conselho_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Cultura do Município de Planalto, e dá outras providências legais</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/781/proj._020.2025__-convenio_com_tabeliao__protestos_divida_ativa.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/781/proj._020.2025__-convenio_com_tabeliao__protestos_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo Municipal para celebrar convênio com o Instituto de Estudos de Protesto de Títulos do Brasil – Seção de São Paulo e com os Tabeliães de Notas e de Protestos de Letras e Títulos da Comarca de Buritama, e dá outras providências.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/796/proj._021.2025_-_reestruturacao_conselho_municipal_meio_ambiente_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/796/proj._021.2025_-_reestruturacao_conselho_municipal_meio_ambiente_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal do Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/797/proj._022.2025_-_reestruturacao_fundo_municipal_meio_ambiente_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/797/proj._022.2025_-_reestruturacao_fundo_municipal_meio_ambiente_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do fundo municipal do meio ambiente, dando outras providências legais.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/801/proj_023.2025_-_prorrogacao_frente_de_trabalho.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/801/proj_023.2025_-_prorrogacao_frente_de_trabalho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação dos efeitos do programa Frente Emergencial de Trabalho Temporário-FETT e dá outras providências.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/802/proj_024.2025____honorarios_advocaticios.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/802/proj_024.2025____honorarios_advocaticios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a percepção de honorários advocatícios sucumbenciais e decorrentes de acordos extrajudiciais pelos Procuradores do Município de Planalto e dá outras providencias.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/804/projeto_de_lei_no._025.2025_credito_adicional_suplementar_-_agosto_-_2025_r_5.195.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/804/projeto_de_lei_no._025.2025_credito_adicional_suplementar_-_agosto_-_2025_r_5.195.00000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Cultura no Municipio de Planalto, cria o Fundo Municipal de Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_do_exec.027.2025_20250918.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_do_exec.027.2025_20250918.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para utilizar recursos provenientes da alienação de bens móveis inservíveis, obtidos por meio de leilão, para pagamento de contribuições previdenciárias patronais, e dá outras providências.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei_028_2025_-_criacao_do_conselho_municipal_do_turismo_-_comtur.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei_028_2025_-_criacao_do_conselho_municipal_do_turismo_-_comtur.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Turismo, e dá outras providências.”</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_029_2025_-_ocupacao_do_solo_-_aterro_em_valas.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_029_2025_-_ocupacao_do_solo_-_aterro_em_valas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o futuro uso e ocupação do solo da área do Aterro em Valas do Município de Planalto após esgotamento total da área, e dá outras providências.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_lei_do_exec.030.2025_202510011.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_lei_do_exec.030.2025_202510011.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo V e VI da Lei de Diretrizes Orçamentarias - LDO, relativo ao exercício de 2026.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/827/projeto_de_lei_do_exec.031.2025_20251001.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/827/projeto_de_lei_do_exec.031.2025_20251001.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III do Plano Plurianual 2026/2029, relativo ao exercício de 2026.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/829/proj_032._2025-_lei_do_orcamento_-_loa_2026.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/829/proj_032._2025-_lei_do_orcamento_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Planalto-SP, para o exercício de 2026.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/832/proj__033_2025__credito_especial_r_200.00000__reforma_praca_da_biblia.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/832/proj__033_2025__credito_especial_r_200.00000__reforma_praca_da_biblia.pdf</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_no_034.2025_-_altera_art._2_da_lei_55.2021_-_ateracao_de_destinacao_de_imoveis_-_implementacao_de_12_unidades_habitacionais.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_no_034.2025_-_altera_art._2_da_lei_55.2021_-_ateracao_de_destinacao_de_imoveis_-_implementacao_de_12_unidades_habitacionais.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL Nº 055/2021 PARA VINCULAR OS IMÓVEIS À HABITAÇÃO DE INTERESSE SOCIAL (HSI) NO ÂMBITO DO PROGRAMA ‘MINHA CASA, MINHA VIDA’ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/845/proj_035.2025_-_credito_adicional_especial_cultura_r_49.34928.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/845/proj_035.2025_-_credito_adicional_especial_cultura_r_49.34928.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial na Lei Orçamentária Anual do exercício de 2025, para os fins que especifica.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_exec.036.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_exec.036.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do PROGRAMA BOLSA TRABALHO, programa socioassistencial de auxílio aos desempregados do município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/859/proj._037._2025_-_autoriza__mun.aderir_e_contribuir_mensalmente_com_a_adtr__agencia_de_desenvolvimento_do_turismo_regional_tiete_vivo_2.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/859/proj._037._2025_-_autoriza__mun.aderir_e_contribuir_mensalmente_com_a_adtr__agencia_de_desenvolvimento_do_turismo_regional_tiete_vivo_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADERIR E CONTRIBUIR MENSALMENTE COM A ADTR – AGENCIA DE DESENVOLVIMENTO DO TURISMO REGIONAL TIETÊ VIVO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/864/proj__038.2025__-_abono_natalino.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/864/proj__038.2025__-_abono_natalino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono natalino no ano de 2025 aos servidores públicos ativos (efetivos e comissionados) e membros da frente de trabalho do Município de Planalto.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/700/projeto_de_lei_complementar_no_001.2025_20250210_194219.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/700/projeto_de_lei_complementar_no_001.2025_20250210_194219.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de incineração ou destruição mecânica de documentos  do arquivo geral da prefeitura municipal de Planalto-SP, na forma especificada em Lei e dá outras providências.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/701/projeto_de_lei_comp.002.2025_20250206_094537.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/701/projeto_de_lei_comp.002.2025_20250206_094537.pdf</t>
   </si>
   <si>
     <t>Institui gratificação de desempenho de atividades de agente de contratação, pregoeiro, equipe de apoio, gestor de contrato, leiloeiro e dá outras providências.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/756/proj._l.c._003.2025_-_dispoe_sobre_alteracao_do_anexo_i_da_lc_002.2022_-_funcao_de_confianca_-_atribuicoes.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/756/proj._l.c._003.2025_-_dispoe_sobre_alteracao_do_anexo_i_da_lc_002.2022_-_funcao_de_confianca_-_atribuicoes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO I – DAS ATRIBUIÇÕES DE CARGOS EM COMISSÃO OU FUNÇÕES GRATIFICADAS - DA LEI COMPLEMENTAR Nº. 002/2022 DE 31 DE MARÇO DE 2022 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_lei_comp.004.2025_20250512.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_lei_comp.004.2025_20250512.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVOGAÇÃO DO ARTIGO 1º, DA LEI MUNICIPAL Nº 034/2024 DE 26 DE NOVEMBRO DE 2024, RESTABELECENDO A DENOMINAÇÃO ORIGINAL DE "VIGILANTE" INSTITUÍDA PELA LEI COMPLEMENTAR Nº 013/2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/779/proj._lc005_.2025_-_altera_nivel_de_escolaridade_da_funcao_gratificada_de_diretor_do_servico_de_compras..pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/779/proj._lc005_.2025_-_altera_nivel_de_escolaridade_da_funcao_gratificada_de_diretor_do_servico_de_compras..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE NÍVEL DE ESCOLARIDADE REFERENTE A EMPREGO PROVIDO MEDIANTE “FUNÇÕES GRATIFICADAS" DE QUE TRATA A LEI COMPLEMENTAR Nº. 002/2022 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/799/proj__l_c_006_2025__altera_ref_motoristas__equiparacao__referencias_salariais_1_a_8_ao_valor_de_r_1.51800.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/799/proj__l_c_006_2025__altera_ref_motoristas__equiparacao__referencias_salariais_1_a_8_ao_valor_de_r_1.51800.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a equiparação das referências salariais de 1 a 8 ao valor de R$ 1.518,00 e sobre a readequação salarial dos motoristas ocupados por empregados públicos do município de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/800/proj_l_c__007_2025__reajuste_salarial.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/800/proj_l_c__007_2025__reajuste_salarial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual de remuneração dos empregados públicos do município de Planalto/SP e dá outras providências.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/803/proj_l_c_008_2025_reducao_jornada_e_alteracao_referencia_salarial_engenheiro_e_medico_veterinario.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/803/proj_l_c_008_2025_reducao_jornada_e_alteracao_referencia_salarial_engenheiro_e_medico_veterinario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução da jornada de trabalho e a alteração da referência salarial dos empregos públicos de engenheiro agrônomo, engenheiro civil, engenheiro florestal e médico veterinário no Município de Planalto, e dá outras providências</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lc_009_2025_-_atualiza_perimetro_urbano.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lc_009_2025_-_atualiza_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Atualiza o perímetro urbano do Município de Planalto.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_lei_complementar_no_010.2025_-_altera_nivel_de_escolaridade_-_secretario_municipal_da_agricultura.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_lei_complementar_no_010.2025_-_altera_nivel_de_escolaridade_-_secretario_municipal_da_agricultura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO NÍVEL DE ESCOLARIDADE DO CARGO EM COMISSÃO DE SECRETÁRIO MUNICIPAL DA AGRICULTURA, CRIADO PELA LEI COMPLEMENTAR MUNICIPAL nº 002/2022 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_complementar_no_011.2025_-_revoga_emprego_de_vigilante_-_lc_013_2019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_complementar_no_011.2025_-_revoga_emprego_de_vigilante_-_lc_013_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE REVOGAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL Nº 013/2019 QUE TRATAM DO EMPREGO PÚBLICO DE VIGILANTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/860/proj_l._c._012.2025__-_altera_lei_complementar_municipal_006.2019_para_instituir_as_faltas_abonadas_saude.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/860/proj_l._c._012.2025__-_altera_lei_complementar_municipal_006.2019_para_instituir_as_faltas_abonadas_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR MUNICIPAL Nº 006/2019, PARA INSTITUIR AS FALTAS "ABONADAS SAÚDE" e dá outras providências</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA - SECLEG</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/707/projeto_de_lei_do_legislativo_001.2025_20250210_162641.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/707/projeto_de_lei_do_legislativo_001.2025_20250210_162641.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reorganização do Quadro de Pessoal do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>PROTOCOLO - PROTOCOL</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_legislativo_no_002.2025_20250210_150507.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_legislativo_no_002.2025_20250210_150507.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do § 2º, do art. 4º, da Lei Municipal nº. 023, de 28 de julho de 2018, que instituiu gratificação no Sistema de Controle Interno do Poder Legislativo do Município de Planalto-SP.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>WAGNER DA SILVA BAZALHA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_do_legislativo_003.2025_20250307.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_do_legislativo_003.2025_20250307.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição de protetor solar aos funcionários públicos da prefeitura municipal de Planalto-SP e dá outras providências.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_do_legislativo_004.2025_20250328.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_do_legislativo_004.2025_20250328.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIPLOMA "ALUNO NOTA 10" PARA PREMIAR ANUALMENTE OS ALUNOS QUE SE DESTACAREM EM SUAS RESPECTIVAS SÉRIES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_do_legislativo_005.2025_20250328.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_do_legislativo_005.2025_20250328.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE PROJETOS DE CONSTRUÇÃO CIVIL DE ATÉ 60M² PARA PESSOAS DE BAIXA RENDA CADASTRADAS NO CADASTRO ÚNICO, DESTINADOS À EDIFICAÇÃO DE SUAS MORADIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_do_legislativo_006.2025_20250328.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_do_legislativo_006.2025_20250328.pdf</t>
   </si>
   <si>
     <t>INSTITUI A REALIZAÇÃO DA ORAÇÃO UNIVERSAL DO PAI NOSSO NAS INSTITUIÇÕES DE ENSINO PÚBLICAS DO MUNICÍPIO DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_007.2025_20250414.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_007.2025_20250414.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal 023, de 28 de julho de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_008.2025_20250414.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_008.2025_20250414.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção de emprego de provimento efetivo de Secretário Geral do Poder Legislativo do Município de Planalto-SP e dá outras providências.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_009.2025_20250414.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_009.2025_20250414.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SERVIDORES DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/765/projeto_de_lei_do_leg.010.2025_20250526.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/765/projeto_de_lei_do_leg.010.2025_20250526.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº. 012, de 17 de abril de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>ELCIO FLAVIO MARTINS DE SÁ</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_de_lei_leg.011.2025_202509051.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_de_lei_leg.011.2025_202509051.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso e aplicação de vinhaça no perímetro urbano da cidade de Planalto e dá outras providências.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/813/projeto_de_lei_leg.012.2025_20250905.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/813/projeto_de_lei_leg.012.2025_20250905.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituição de distância mínima para o plantio de cana de açúcar e dá outras providências.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_do_leg.013.2025_20250905.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_do_leg.013.2025_20250905.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BANCO DE RAÇÃO MUNICIPAL NO MUNICÍPIO DE PLANALTO/SP, DESTINADO AO APOIO DE CUIDADORES E PROTETORES INDEPENDENTES DE ANIMAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_lei_do_leg.014.2025_20250905.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_lei_do_leg.014.2025_20250905.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE PROTEÇÃO E BEM-ESTAR ANIMAL NO MUNICÍPIO DE PLANALTO/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_do_leg.015.2025_20250926.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_do_leg.015.2025_20250926.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre prioridade de atendimento às pessoas que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/819/projeto_de_lei_do_leg.016.2025_20250926.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/819/projeto_de_lei_do_leg.016.2025_20250926.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre isenção no pagamento de taxas e desconto em eventos culturais e artísticos às pessoas que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/833/projeto_de_lei_do_leg.017.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/833/projeto_de_lei_do_leg.017.2025.pdf</t>
   </si>
   <si>
     <t>Dospõe sobre a queima,  a soltura, a comercialização, o armazenamento e o transporte de fogos de artifício no município de Planalto-SP e dá outras providências.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>THIAGO TOBIAS CARMO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/841/projeto_de_lei_do_leg.018.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/841/projeto_de_lei_do_leg.018.2025.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a transformar a Via de Acesso à Igreja Matriz, da Praça Guilherme Bernardes em via de mão única de tráfego de veículos, e dá outras providências.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_do_leg.019.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_do_leg.019.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 1º, da lei municipal nº 038/2016, de 17 de novembro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_do_leg.020.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_do_leg.020.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Abono Natalino aos servidores do quadro de pessoal da Câmara Municipal de PLanalto e dá outras providências.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ELCIO FLAVIO MARTINS DE SÁ, REGINA CÉLIA DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_decreto_001-2025_1.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_decreto_001-2025_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição do Parecer Prévio do E. Tribunal de Contas e da Aprovação das Contas da Prefeitura Municipal de Planalto Exercício de 2023</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/741/projeto_de_resolucao_001.2025_20250414.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/741/projeto_de_resolucao_001.2025_20250414.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a  criação de emprego de provimento efetivo de Controlador Interno do Poder Legislativo do município de Planalto-SP e dá outras providências.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_resolucao_002.2025_202504141.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_resolucao_002.2025_202504141.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de emprego de provimento efetivo de Secretário Geral do Poder Legislativo do Município de Planalto-SP e dá outras providências.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE BENS MÓVEIS DA CÂMARA MUNICIPAL DE PLANALTO PARA A PREFEITURA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/863/projeto_de_resolucao_n._004-2025_-_doacao_de_bens_moveis_para_a_prefeitura.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/863/projeto_de_resolucao_n._004-2025_-_doacao_de_bens_moveis_para_a_prefeitura.pdf</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_001.2025-_alessandro_20250106_142317.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_001.2025-_alessandro_20250106_142317.pdf</t>
   </si>
   <si>
     <t>Indica a Exma.Srª. Prefeita Municipal que crie uma Lei para que o Abono Natalino seja concedido anualmente, no valor total ou parcial do vale alimentação, de acordo com a disponibilidade financeira do município.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_002.2025-alessandro_20250107_135148.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_002.2025-alessandro_20250107_135148.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Sr.Presidente da Câmara  Municipal que verifique junto ao setor competente, a possibilidade da criação de uma Lei que conceda Abono Natalino anualmente aos servidores do legislativo municipal, de acordo com a disponibilidade financeira  do legislativo.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>DOUGLAS DE SOUZA PAULA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_003.2025-douglas_20250107_140912.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_003.2025-douglas_20250107_140912.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que viabilize a concessão da reposição salarial a todos os servidores públicos municipais, de acordo com a inflação acumulada IPCA – Índice Nacional de Preços ao Consumidor Amplo.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/677/indicacao_004.2025-douglas_20250107_141735.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/677/indicacao_004.2025-douglas_20250107_141735.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que institua a Data Base para reposição salarial anual a todos os servidores públicos municipais.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>LEANDRO BATISTA DIONISIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_005.2025_20250108_164019.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_005.2025_20250108_164019.pdf</t>
   </si>
   <si>
     <t>Indica à Exma Srª.Prefeita Municipal que providencie o fornecimento de ferramentas modernas e uniformes aos pedreiros, eletricistas, mecânicos, servidores braçais e demais funcionários do serviço público.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>LUIZ CARLOS EUZÉBIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_no_006.2025_20250110_155801.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_no_006.2025_20250110_155801.pdf</t>
   </si>
   <si>
     <t>Indica a Exma.Sra.Prefeita Municipal a construção de banheiros sanitários na popular Lagoa do Mico.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_no_007.2025_20250110_152701.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_no_007.2025_20250110_152701.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita  Municipal que crie no município de Planalto o Conselho Municipal de Proteção Animal.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_no_008.2025_20250110_153322.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_no_008.2025_20250110_153322.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que crie no município de Planalto um banco de rações para auxílio aos cuidadores independentes.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_009.2025_20250110_154005.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_009.2025_20250110_154005.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal a celebração de convênios com clínicas veterinárias para a prestação de serviços básicos de saúde animal, incluindo exames laboratoriais, vacinas e procedimentos de castração.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>JORGE LUIZ FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_010.2025_20250110_105530.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_010.2025_20250110_105530.pdf</t>
   </si>
   <si>
     <t>INDICAà  Excelentíssima Senhora Prefeita Municipal , que, junto à empresa BW Sistemas ,  seja avaliada a possibilidade de implementação do sistema BETHA nas escolas municipais, buscando melhoria no acompanhamento escolar e melhoria dos serviços oferecidos à comunidade.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_no_011.2025_20250113_105150.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_no_011.2025_20250113_105150.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita  municipal que seja providenciada a iluminação no prolongamento da rua Paulo Vieira, iniciando na rua Luiz Cividanes Martinez até a rua Castro Alves.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/686/indicacao_no_012.2025_20250117_144242.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/686/indicacao_no_012.2025_20250117_144242.pdf</t>
   </si>
   <si>
     <t>Indica a Exma.Sra.Prefeita  Municipal a construção de lombada na Rua Luiz Cividanes Martinez.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/687/indicacao_no_013.2025_20250117_144813.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/687/indicacao_no_013.2025_20250117_144813.pdf</t>
   </si>
   <si>
     <t>Solicita à Exma.Sra.Prefeita que construa uma lombada nas proximidades do antigo sítio do Sr.Rinaldo Toloy.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>REGINA CÉLIA DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_014.2025_20250116_104556.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_014.2025_20250116_104556.pdf</t>
   </si>
   <si>
     <t>INDICA à Excelentíssima Senhora Prefeita Municipal a necessidade urgente de recuperação das sinalizações da Vicinal Olimpio Rodrigues Chaves, que liga o município de Planalto ao município de Zacarias.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_015.2025_20250123_140529.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_015.2025_20250123_140529.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal a adoção de providências urgentes , especialmente no que tange à sinalização e outras medidas de segurança , na vicinal Vicente Somílio, que liga Planalto ao cemitério local.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_no_016.2025_20250123_100152.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_no_016.2025_20250123_100152.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita que conceda aos funcionários públicos municipais, um dia de folga remunerado no dia de seu aniversário, exceto quando a data do aniversário do servidor cair em dias de feriados ou no final de semana, caso em que a folga será usufruída no primeiro dia útil subsequente.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_no_017.2025_20250123_100859.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_no_017.2025_20250123_100859.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo.Presidente da Câmara que conceda aos funcionários do legislativo, um dia de folga remunerado no dia do seu aniversário, exceto quando a data do aniversário do servidor cair em dias de feriados ou no final de semana, caso em que a folga será usufruída no primeiro dia útil subsequente.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/690/indicacao_no_018.2025_20250123_101949.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/690/indicacao_no_018.2025_20250123_101949.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita que intervenha junto ao órgão de trânsito competente, para que seja a providenciada a sinalização autorizando que os veículos estacionem ao lado dos canteiros centrais do nosso município.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/693/indicacao_019.2025_20250123_141115.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/693/indicacao_019.2025_20250123_141115.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que seja feita uma lombada na Rua Luiz Américo de Freitas, nas proximidades da residência nº 550.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/702/indicacao_020.2025_20250129_095254.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/702/indicacao_020.2025_20250129_095254.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que viabilize a execução de nebulização/fumacê em toda área urbana do município de Planalto, potencializando as ações de combate ao mosquito Aedes Aegypti transmissor de doenças graves, como dengue, chikungunya e zika vírus.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_021.2025_202502211.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_021.2025_202502211.pdf</t>
   </si>
   <si>
     <t>Indica à Exma Srª.Prefeita Municipal que sejam feitas duas lombadas, uma na Rua Floriano Peixoto, nas proximidades da residência de nº 674 e outra na Rua Luiz Américo de Freitas,  nas proximidades da casa do popular "Dadia".</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_022.2025_202502211.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_022.2025_202502211.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que seja providenciada a sinalização das Ruas e Avenidas do município de Planalto.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_no_023.2025_20250306.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_no_023.2025_20250306.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Sra. Prefeita Municipal que providencie a reforma do lanchódromo “Angelo Arnoni” localizado na Praça Matriz.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_no_024.2025_20250306.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_no_024.2025_20250306.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Sra. Prefeita Municipal que providencie com urgência a reparação e manutenção dos brinquedos que compõem o parquinho “Vitor Vicente de Godoy” localizado na Praça Matriz.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_025_.2025_20250307.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_025_.2025_20250307.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Sra. Prefeita Municipal que providencie com urgência a reparação da iluminação pública no prolongamento da Rua José do Patrocínio, iniciando na ponte do rasgão até o cemitério municipal.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/719/indicacao_026.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/719/indicacao_026.2025.pdf</t>
   </si>
   <si>
     <t>Iindica à Exma.Sra.Prefeita municipal  que seja providenciada a construção  de uma pista de caminhada sentido cemitério municipal.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_027.2028.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_027.2028.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que seja construída uma lombofaixa em frente a Igreja Universal do Reino de Deus, em ambos os sentidos da avenida, mais precisamente no retorno que fica próximo à igreja ora mencionada.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_028.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_028.2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que seja providenciada a reforma de todas as valetas da cidade.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_029.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_029.2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que seja criada uma Lei que proíba a soltura de fogos de artifício em nosso município.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_030.2025_20250326.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_030.2025_20250326.pdf</t>
   </si>
   <si>
     <t>Indica à Exma Sra.Prefeita Municipal que providencie a aquisição de equipamentos e ferramentas para uso exclusivo do cemitério municipal.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_031.2025_20250326.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_031.2025_20250326.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra. Prefeita municipal que providencie a regularização do trecho da Rua Amadeu Torres Lopes, esquina com a Avenida Luiz Camarim, viabilizando a regularização do leito carroçável,  execução de guias e sarjetas e implantação de galeria de água pluvial, interligando com o canal de drenagem do rasgão.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_032.2025_20250326.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_032.2025_20250326.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que providencie a construção de guias de sarjeta na Rua José do Patrocínio, nas proximidades da ponte do Rasgão.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_033.2025_20250326.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_033.2025_20250326.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que intervenha junto à concessionária de fornecimento de energia elétrica para que seja providenciada instalação de postes, bem como, iluminação na rua João Belchior Sobrinho, mais especificamente nos terrenos que ainda não há construção.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_034.2025_20250326.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_034.2025_20250326.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que seja construída uma faixa elevada em frente ao Ginásio de Esportes "Aparecido Célio Moreira".</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_035.2025_20250326.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_035.2025_20250326.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que seja providenciada a iluminação no trecho que vai da Rua Luiz Américo de Freitas, onde foi feita a nova pavimentação asfáltica, até a Rua Aparecido Soares.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_036.2025_20250401.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_036.2025_20250401.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que tome as providências necessárias para a construção, com a máxima urgência possível, de uma lombada na vicinal Olímpio Rodrigues Chaves, no sentido Zacarias/Planalto, especificamente antes do desvio para a Avenida Marginal José Lopes Marques (popularmente conhecido como anel viário), localizado atrás do loteamento Jardim Primavera.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_037.2025-leandro_20250410.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_037.2025-leandro_20250410.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que reajuste o valor do reembolso relativo à alimentação aos servidores públicos municipais que se deslocam para as cidades vizinhas.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_038.2025_20250411.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_038.2025_20250411.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que inicie o planejamento para construção de três novas salas de aula na Pré-Escola Maria Andreolli Chaves com o objetivo de expandir o Programa Escola em Tempo Integral na rede municipal de ensino.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>DOUGLAS DE SOUZA PAULA, LUIZ CARLOS EUZÉBIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_039.2025_20250412.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_039.2025_20250412.pdf</t>
   </si>
   <si>
     <t>INDICAM  à Exma. Sra. Prefeita Municipal que viabilize a ampliação da área de convivência coletiva da Pré-Escola Maria Andreoli Chaves, com a construção de uma miniquadra esportiva.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_040.2025-leandro_20250610.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_040.2025-leandro_20250610.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que reajuste o valor das diárias de viagens para cobertura das despesas com alimentação aos servidores públicos municipais que se deslocam para as cidades vizinhas no município de Planalto.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>LUIZ CARLOS EUZÉBIO, DOUGLAS DE SOUZA PAULA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/740/indicacao_041.2025_20250412.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/740/indicacao_041.2025_20250412.pdf</t>
   </si>
   <si>
     <t>INDICAM  à Exma. Sra. Prefeita Municipal que faça uma análise do espaço compreendido sobre o canal de drenagem do Rasgão, no trecho compreendido entre a Rua Luiz Américo de Freitas e Rua José do Patrocínio com o objetivo de viabilizar a execução da delimitação de calçada com implantação de guias e sarjetas e execução de duas vias de mão única, paralelas a pista de caminhada.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/753/indicacao_042.2025_20250509.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/753/indicacao_042.2025_20250509.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que providencie o reajuste no auxílio alimentação de todos os servidores públicos municipais, repondo no mínimo 6,54% de acordo com o IGP-M (Índice Geral de Preços ao Mercado) acumulado no ano de 2024, retroagindo seus efeitos a janeiro de 2025.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_043.2025_20250509.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_043.2025_20250509.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que viabilize a concessão da reposição salarial a todos os servidores públicos municipais, repondo no mínimo 4,83% de acordo com a inflação acumulada no ano de 2024, conforme IPCA-Índice Nacional de Preços ao Consumidor Amplo.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_044.2025_20250509.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_044.2025_20250509.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que sejam tomadas providências urgentes para o reparo/manutenção da base de fixação do ponto de ônibus localizado na Avenida Altino Arantes, esquina com a Rua Floriano Peixoto.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_045.2025_20250524.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_045.2025_20250524.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que adote providências necessárias para a aquisição de um triturador/picador móvel de galhos que deverá ser empregado na gestão de resíduos provenientes do manejo de arborização urbana deste município.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_046.2025_20250524.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_046.2025_20250524.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que mobilize equipe multidisciplinar para elaborar um programa e implementar a coleta seletiva no Município de Planalto, bem como apoiar, incentivar e estimular o fortalecimento do trabalho dos catadores de materiais recicláveis, bem como fomentar a formalização de uma Associação ou Cooperativa de Catadores, visando a valorização e a inclusão desses planaltenses.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_047.2025_20250524.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_047.2025_20250524.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que seja feita a reparação na valeta que fica na Av.D.Pedro II, esquina com a Rua Luiz Américo de Freitas.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_048.2025_20250529.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_048.2025_20250529.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que seja instalada uma Central de Monitoramento, bem como seja disponibilizado um veículo e funcionários que fiquem à disposição no local para que seja feita a fiscalização em todos os prédios públicos, praças e demais locais abertos ao município.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que adote as providências necessárias para a aquisição de dez (10) caçambas, destinadas à gestão adequada dos resíduos da construção civil coletados no município de Planalto.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_050.2025_20250605.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_050.2025_20250605.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto, que seja analisada a possibilidade de oferecer curso gratuito de informática básica para os munícipes.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_051.2025_20250605.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_051.2025_20250605.pdf</t>
   </si>
   <si>
     <t>Indica a Excelentíssima Senhora Prefeita Municipal de Planalto, a necessidade de manutenção e revitalização da sinalização horizontal viária em todo o município, com destaque para a repintura das lombadas, faixas de pedestres e demarcações de "PARE" nas vias públicas.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_052.2025_202506051.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_052.2025_202506051.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal a elaboração e instituição de um código de obras Municipal.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_053.2025_20250606.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_053.2025_20250606.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal que sejam realizadas ações de sinalização horizontal e vertical, na entrada da cidade, sentido José Bonifácio/Planalto, incluindo, se necessário, sinalização luminosa, com o objetivo de garantir maior segurança no trânsito e melhor orientação aos condutores e pedestres.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_054.2025_20250606.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_054.2025_20250606.pdf</t>
   </si>
   <si>
     <t>Solicita a Excelentíssima Senhora Prefeita Municipal que seja realizada a substituição completa do   gramado  do Estádio Municipal “Melchiades Rodrigues Chaves”, localizado em nosso município.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/777/indicacao_055.2025_20250606.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/777/indicacao_055.2025_20250606.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que adote as providências necessárias para promover a revitalização e reativação da piscina municipal, localizada na Av. Altino Arantes.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_056.2025_20250623.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_056.2025_20250623.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal , que sejam providenciadas melhorias tanto na vicinal Governador Mario Covas, que liga o município de Planalto a Nipoã, quanto na vicinal Olimpio Rodrigues Chaves, que liga Planalto a Zacarias.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_057.2025_20250624.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_057.2025_20250624.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Sra.Prefeita municipal que seja estudada a possibilidade de isenção das taxas referentes às horas de uso de máquinas agrícolas, implementos e veículos pertencentes ao Município, para os pequenos produtores rurais, especialmente aqueles organizados em associações, sendo cobrado apenas o valor do combustível utilizado.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_058.2025_20250624.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_058.2025_20250624.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal que sejam promovidas melhorias no Cemitério Municipal, com a concretagem das ruas internas, melhoria na iluminação e, ainda, que seja designado ao menos mais um servidor para atuar no local, visto que atualmente há apenas um funcionário responsável pelos serviços diários.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_059.2025_20250624.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_059.2025_20250624.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal, que seja realizada uma reestruturação salarial geral no âmbito do funcionalismo público municipal, dando prioridade à regularização dos salários que se encontram abaixo do salário mínimo vigente, como é o caso de categorias como motoristas, serviços gerais, pedreiros, serventes, pintores, entre outros.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_060.2025_20250625.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_060.2025_20250625.pdf</t>
   </si>
   <si>
     <t>INDICAM à Exma. Sra. Prefeita Municipal que determine ao setor competente a realização de levantamento em todas as ruas e avenidas do município, com o objetivo de identificar a presença de tocos remanescentes de árvores suprimidas, procedendo a sua remoção e posterior regularização do calçamento, principalmente nesses locais afetados.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_061.2025_20250625.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_061.2025_20250625.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Sra. Prefeita Municipal que, com fundamento no artigo 1° e parágrafo único do artigo 2° da Lei n° 037/2018, de 29 de novembro de 2018, seja elaborado Decreto Municipal viabilizando aos servidores públicos municipais, que assim desejarem, a adesão ao Programa de Demissão Voluntária, nos termos da referida legislação, respeitando-se os critérios e condições nela estabelecidos.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_062.2025_20250625.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_062.2025_20250625.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que altere o Art. 1° da Lei n° 037/2024, de 20 de dezembro de 2024, que “Altera o Art. 1° da Lei n° 002/98, que dispõe sobre a forma de pagamento do décimo terceiro salário dos empregados públicos do município de Planalto.”</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_063.2025_20250625.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_063.2025_20250625.pdf</t>
   </si>
   <si>
     <t>INDICA  à Exma. Sra. Prefeita Municipal que viabilize o cumprimento integral da Lei n° 013/2021, de 18 de fevereiro de 2021, que “Institui o Programa Municipal de Auxílio Estudante, denominado – EDUCAÇÃO PARA TODOS – destinado a cursos universitários, cursos técnicos, tecnológicos e profissionalizantes e dá outras providências”.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_064.2025_20250626.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_064.2025_20250626.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que determine ao setor competente a realização de levantamento no loteamento Residencial Antônio Passetti, bem como nas demais ruas e avenidas do município, com o objetivo de identificar as tampas de galerias de águas pluviais que se encontram danificadas ou ausentes, procedendo a imediata substituição ou reparo.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/793/indicacao_065.2025_20250628.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/793/indicacao_065.2025_20250628.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal de Planalto, que seja  analisada a possibilidade de instalar aparelhos para academia ao ar livre na Praça da Bíblia.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_066.2025_20250628.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_066.2025_20250628.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal de Planalto que seja instalado Guarda-Corpo na arquibancada do estádio municipal de futebol (Melchiades Rodrigues Chaves).</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_067.2025_20250628.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_067.2025_20250628.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto que seja analisada a possibilidade de instalar um playground na praça da CDHU.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/798/indicacao_068.2025_20250716.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/798/indicacao_068.2025_20250716.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que seja construído na Represa do Matadouro Municipal, um sistema de capacitação de água para o abastecimento de caminhão pipa, semelhante aos encontrados nas entradas das cidades de Zacarias e Ubarana.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_069.2025_202508221.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_069.2025_202508221.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que inicie o planejamento para a aquisição de uniformes escolares destinados a todos os alunos matriculados na rede municipal de ensino, visando ao atendimento no ano letivo de 2026.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_070.2025_202508221.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_070.2025_202508221.pdf</t>
   </si>
   <si>
     <t>INDICA, à Exma. Sra. Prefeita Municipal que sejam tomadas as devidas providências para a revitalização do espaço destinado à prática esportiva localizado no Conjunto Habitacional Deoclides Adriano de Oliveira, situado no prolongamento da Rua José do Patrocínio, executando-se, no mínimo, as seguintes melhorias:_x000D_
 - Recuperação do gramado e demais estruturas;_x000D_
 - Manutenção do alambrado;_x000D_
 - Reforma total do vestiário;_x000D_
 - Manutenção dos equipamentos de academia ao ar livre;_x000D_
 - Manutenção do bebedouro de água;_x000D_
 - Instalação de câmeras de monitoramento;_x000D_
 - Disponibilização de um servidor que ficará responsável por zelar do espaço.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_071.2025_202509051.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_071.2025_202509051.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que sejam tomadas as devidas providências para a aquisição de protocolos do teste WISC (Escala Wechsler de Inteligência para Crianças), nesse momento, com a finalidade de subsidiar as avaliações psicopedagógicas dos alunos regularmente matriculados na Rede Municipal de Ensino, bem como daqueles matriculados na Escola Estadual João Baptista Teixeira.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_072.2025_20250905.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_072.2025_20250905.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto – SP, nos termos regimentais, que seja regulamentado o Banco de Horas no âmbito da Administração Pública Municipal, de forma a assegurar a compensação ou quitação das horas trabalhadas.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/816/indicacao_073.2025_20250926.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/816/indicacao_073.2025_20250926.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que seja feita a pintura em alto relevo das ruas, avenidas, estacionamentos pares e todos os locais públicos, bem como, que seja feita a sinalização horizontal e vertical de toda a cidade.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/817/indicacao_074.2025_20250926.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/817/indicacao_074.2025_20250926.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita municipal que desative as caixas de energia antigas que ficam nas praças municipais.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_075.2025_20250926.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_075.2025_20250926.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal, que sejam tomadas as devidas providências para viabilizar a aquisição de mobília para o Centro de Saúde “Georgina Rita da Conceição”, bem como que seja realizada a manutenção dos aparelhos de ar-condicionado existentes e, ser for o caso, a aquisição de novos equipamentos.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_076.2025_20250926.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_076.2025_20250926.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que sejam tomadas as devidas providências para viabilizar a aquisição e implantação de uma academia ao ar livre, playground e paisagismo, na área próximo a Lagoa de Mico, localizada na Rua Luiz Américo de Freitas, esquina com a Avenida Luiz Camarim.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_077.2025_202509261.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_077.2025_202509261.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto, que faça um estudo para ver a disponibilidade de disponibilizar internet gratuita (Wi-fi Público).</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_078.2025_20250926.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_078.2025_20250926.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto, que adote as providências necessárias para habilitar ao município o título de MIT (município de Interesse turístico).</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_079.2025_20251010.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_079.2025_20251010.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal, que sejam tomadas as devidas providências quanto à interdição temporária das ruas não pavimentadas localizadas ao lado do empreendimento da Usina de Minigeração Fotovoltaica, bem como a adoção de algumas medidas emergenciais.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_080.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_080.2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma Sra.Prefeita que sejam retirados todos os vasos das Praças Centrais do município de PLanalto, bem como, que os mesmos sejam alocados em um só canteiro e sejam plantados Bonsai e Primaveras de várias cores.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_081.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_081.2025.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal, que intervenha junto às concessionárias de energia elétrica, internet, telefonia e similares, para que estas promovam a retirada de fios inoperantes e inservíveis dos postes de iluminação pública do município de Planalto.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_082.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_082.2025.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que envie um Projeto de Lei que conceda aos servidores públicos municipais o direito de acompanhar filhos menores e pais idosos em consultas, exames e tratamentos médicos, sem prejuízo da remuneração e mediante comprovação do atendimento médico.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_083.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_083.2025.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto, que seja  ofertado curso de Libras (Língua Brasileira de sinais) aberto à população e principalmente aos servidores público municipal.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_084.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_084.2025.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que mobilize setor competente para realização de estudo técnico com vistas a assegurar que, logo no início do exercício de 2026, após a definição do novo valor do salário mínimo nacional, seja efetuada a adequação salarial de todos os servidores municipais que, porventura, venham a receber salário-base inferior ao salário mínimo que será definido pelo Governo Federal ...</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_085.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_085.2025.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que providencie a recuperação da cobertura do estacionamento da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_086.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_086.2025.pdf</t>
   </si>
   <si>
     <t>INDICA ao Ilustríssimo Senhor Thiago Tobias Carmo da Silva, Presidente desta Egrégia Casa, que seja concedido um Abono Natalino aos servidores do Legislativo municipal, independentemente de concessão similar aos servidores do Executivo.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_087.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_087.2025.pdf</t>
   </si>
   <si>
     <t>INDICA  à Exma.Sra.Prefeita Municipal que seja concedida uma Bonificação Natalina aos servidores do nosso município.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_088.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_088.2025.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal a necessidade de aquisição de novos computadores destinados à sala de informática da Pré-Escola Maria Andreolli Chaves, bem como a compra de mesas e cadeiras adequadas e compatíveis com a faixa etária dos alunos que utilizam o referido espaço.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_089.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_089.2025.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto – SP, nos termos regimentais, a criação de um Calendário Cultural Municipal, com o objetivo de organizar, fortalecer e ampliar as ações culturais desenvolvidas ao longo do ano em nosso município.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_090.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_090.2025.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto – SP, nos termos regimentais, a criação e execução de um Programa Municipal de Manutenção das Escolas, a ser realizado durante o período de recesso escolar, com o objetivo de preparar a rede municipal para o início do ano letivo de 2026.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_001.2025_20250114_131240.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_001.2025_20250114_131240.pdf</t>
   </si>
   <si>
     <t>Requer à Excelentíssima Sra. Prefeita Municipal que apresente relação de todos os CARGOS EFETIVOS que compõem o quadro de servidores desta prefeitura.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_005.2025_20250204_140930.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_005.2025_20250204_140930.pdf</t>
   </si>
   <si>
     <t>Informações sobre a fase de execução do empreendimento USINA DE MINEGERAÇÃO FOTOVOLTAICA, caso a mesma ainda não esteja concluída, quais os motivos que impedem a conclusão e seu funcionamento,  já que a Lei nº 008/2022 autorizou a contratação de crédito junto ao Banco do Brasil até o valor de R$ 2.600.000,00, destinados a financiar o referido projeto e já se passaram 3 anos._x000D_
 - Cópia integral do Contrato de Operação de Crédito firmado entre o Banco do Brasil e a Prefeitura Municipal;_x000D_
 - Cópia do extrato financeiro e extrato contábil do recurso, fruto da operação de crédito citada acima, mês a mês desde o primeiro dia que entrou na conta do município até a presente data;_x000D_
 - Cópia do contrato de execução do empreendimento USINA DE MINEGERAÇÃO FOTOVOLTAICA e do Projeto de execução</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_006.2025_20250204_130630.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_006.2025_20250204_130630.pdf</t>
   </si>
   <si>
     <t>Cópia de todas as portarias de nomeação aos cargos em comissão, informando a respectiva referência salarial de cada cargo e cópia de todas as portarias de nomeação em funções gratificadas, informando o percentual da gratificação bem como a referência utilizada.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>DOUGLAS DE SOUZA PAULA, ALESSANDRO DE FALCHI BONFIM</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_007.2025_20250204_141028.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_007.2025_20250204_141028.pdf</t>
   </si>
   <si>
     <t>Cópia do contrato execução do empreendimento EXECUÇÃO DE DRENAGEM E DE GUIAS E SARJETAS EXTRUSADAS MINIDISTRITO INDUSTRIAL, cópia integral do Contrato de Operação de Crédito firmado entre a Caixa Econômica Federal e a Prefeitura Municipal e cópia do extrato financeiro e extrato contábil do recurso fruto da operação de crédito citada acima, mês a mês desde o primeiro dia que entrou na conta do município até a presente data.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/718/requerimento_010.2025_20250310.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/718/requerimento_010.2025_20250310.pdf</t>
   </si>
   <si>
     <t>REQUEREM à Excelentíssima Sra. Prefeita Municipal informações sobre os recursos aplicados na Reforma e Ampliação do Clube da Terceira Idade.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/734/requerimento_011.2025_20250401.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/734/requerimento_011.2025_20250401.pdf</t>
   </si>
   <si>
     <t>Requer à Exma.Sra.Prefeita Municipal que acrescente à lei municipal 03/84 de 14 de março de 1.984, a previsão no sentido de que o feriado do dia Divino Espírito Santo, Padroeiro da nossa cidade, que cai sempre aos domingos (Dia de Pentecostes) fica prorrogado para a segunda feira posterior ao dia de sua comemoração.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>THIAGO TOBIAS CARMO DA SILVA, ALESSANDRO DE FALCHI BONFIM, DOUGLAS DE SOUZA PAULA, ELCIO FLAVIO MARTINS DE SÁ, JORGE LUIZ FERREIRA</t>
   </si>
   <si>
     <t>Requerer ao superintendente estadual dos correios que seja regularizada a entrega de correspondências e demais serviços prestados pela empresa em todos os locais que ainda não são servidos pela entrega de correspondências.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_013.2025_20250509.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_013.2025_20250509.pdf</t>
   </si>
   <si>
     <t>Requer junto à Exma.Sra.Prefeita municipal que justifique o motivo pelo qual veículos pertencentes à frota da prefeitura municipal de Planalto estão sendo levados para manutenção e/ou consertos em oficinas localizadas no município de Macaubal, considerando que Planalto possui várias oficinas mecânicas em pleno funcionamento e aptas à prestação de tais serviços.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/762/requerimento_014.2025_20250524.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/762/requerimento_014.2025_20250524.pdf</t>
   </si>
   <si>
     <t>Requer à Exma.Sra.Prefeita Municipal que informe se as câmeras de monitoramento instaladas em diversos pontos deste município estão em pleno funcionamento. Caso as mesmas estejam apresentando qualquer problema que comprometa o seu funcionamento, REQUER ainda, que sejam tomadas providências para a regularização da mesma.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/763/requerimento_015.2025_20250524.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/763/requerimento_015.2025_20250524.pdf</t>
   </si>
   <si>
     <t>Requer à Exma.Sra.Prefeita Municipal que preste esclarecimentos sobre as estruturas metálicas instaladas nas entradas do município de Planalto, uma no sentido município de Zacarias e outra no sentido município de Nipoã,  qual o valor pago pelas referidas estruturas e cópia do empenho de liquidação e da nota fiscal referente à aquisição dessa estrutura.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_016.2025_20250524.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_016.2025_20250524.pdf</t>
   </si>
   <si>
     <t>Requer à Exma.Sra.Prefeita Municipal que informe qual o motivo que levou à desativação da padaria do município de Planalto, haja vista que dispunha de maquinário novo, bem como, de profissionais qualificados para  a produção de produtos de panificação que supriam a demanda dos órgãos públicos do município e que seja informado qual era o gasto mensal com a padaria própria do município e quanto o município está gastando mensalmente, comprando produtos de panificação de particular(res).</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_017.2025_20250605.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_017.2025_20250605.pdf</t>
   </si>
   <si>
     <t>Requer junto à Diretoria da Empresa Coplasa Açúcar e Álcool que diariamente molhe as entradas da cidade, na mesma frequência em que são molhadas as entradas das propriedades rurais.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/770/requerimento_018.2025_20250606.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/770/requerimento_018.2025_20250606.pdf</t>
   </si>
   <si>
     <t>REQUEREM a Excelentíssima Sra. Prefeita Municipal, informações sobre os recursos aplicados e execução da ILUMINAÇÃO DO CAMPO DE FUTEBOL MUNICIPAL localizado na Av. Altino Arantes .</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_019.2025_20250606.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_019.2025_20250606.pdf</t>
   </si>
   <si>
     <t>REQUER à Exma. Sra. Prefeita Municipal, para que, por meio do setor competente, providencie e forneça  informações sobre o Programa Nacional de Alimentação Escolar (PNAE) e Chamada Pública.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>ALESSANDRO DE FALCHI BONFIM, DOUGLAS DE SOUZA PAULA, JORGE LUIZ FERREIRA, LUIZ CARLOS EUZÉBIO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_020.2025_20250625.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_020.2025_20250625.pdf</t>
   </si>
   <si>
     <t>REQUEREM à Exma. Sra. Prefeita Municipal, que, por meio do setor competente, providencie e forneça informações relativas ao Edital – Ordem Processual n° 029/2024 / Leilão n° 001/2024, cujo objeto é alienação de bens imóveis municipais, áreas localizadas no Polo Industrial e Comercial, nos termos da Lei Municipal n° 012/2024, visando à instalação de empresas em diversos ramos de atividades.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_021.2025_20250626.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_021.2025_20250626.pdf</t>
   </si>
   <si>
     <t>REQUER à Exma. Sra. Prefeita Municipal que, por meio do setor competente, providencie e forneça  informações sobre as receitas de capital mencionadas, saldo em conta no dia 31/12/2024 nas contas vinculadas a tais receitas e demais informações.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_022.2025_20250908.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_022.2025_20250908.pdf</t>
   </si>
   <si>
     <t>REQUER à Exma. Sra. Prefeita Municipal, que sejam prestadas informações referentes à ampliação da Creche Municipal “José Marcos de Paula”, localizada na Rua José do Patrocínio.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/835/requerimento_023.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/835/requerimento_023.2025.pdf</t>
   </si>
   <si>
     <t>REQUEREM à Exma. Sra. Prefeita Municipal, que sejam fornecidas informações sobre o recurso de R$ 1.000.000,00 (um milhão de reais), fruto de Crédito Adicional Especial, provenientes da transferência do FID – Fundo Estadual de Defesa dos Interesses Difusos, Convênio n° 33/2025 – Processo n° SJC/FID n° 387.00000637/2023-86, conforme Lei n° 025/2025, de 10 de junho de 2025 .</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/837/requerimento_024.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/837/requerimento_024.2025.pdf</t>
   </si>
   <si>
     <t>Requer à Exma. Sra. Prefeita Municipal que intervenha junto ao setor de Recursos Humanos da Prefeitura Municipal, para que, no prazo legal sejam informados:_x000D_
 - Os salários base, bem como, todos os pagamentos integrantes da remuneração dos servidores do executivo, tais como, horas extras, gratificações, adicionais por tempo de serviço, e todas as demais vantagens recebidas, tanto pelos ocupantes de cargo efetivo (incluindo os que exercem função de confiança) quanto dos que exercem cargo em comissão._x000D_
 Requer, ainda que sejam fornecidas cópias de todas as Portarias que autorizam a concessão das horas extras, gratificações, adicionais por tempo de serviço, e todas as demais vantagens recebidas pelos servidores supramencionados.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/838/requerimento_025.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/838/requerimento_025.2025.pdf</t>
   </si>
   <si>
     <t>Requer à Exma. Sra. Prefeita Municipal que intervenha junto ao setor competente da Prefeitura Municipal, para que, no prazo legal sejam informados:_x000D_
 Se há contrato de prestação de serviços. Caso a resposta seja positiva requer seja fornecida a relação dos prestadores de serviço, os objetos e empresas contratadas, o valor pago (mensal e global) e a data de vigência do(s) contrato(s).</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>Requer à Exma. Sra. Prefeita Municipal que intervenha junto ao setor competente da Prefeitura Municipal, para que, no prazo legal sejam informados:_x000D_
 1 - O valor total dos precatórios devidos pelo município de Planalto;_x000D_
 2 – Os valores mensais acordados a serem pagos do início ao fim do acordo;_x000D_
 3 – O valor Pago até o mês de outubro de 2025;</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/846/requerimento_027.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/846/requerimento_027.2025.pdf</t>
   </si>
   <si>
     <t>REQUEr à Exma. Sra. Prefeita Municipal que apresente informações referente à folha de pagamento de horas extras, fornecendo cópia da mesma contendo, no mínimo:_x000D_
 _x000D_
 ● Nome do servidor que recebeu horas extras;_x000D_
 ● Cargo ocupado pelo servidor;_x000D_
 ● Quantidade de horas recebidas (descriminadas por mês);_x000D_
 ● Valor recebido (por mês); e_x000D_
 ● Especificação do tipo de hora extra (50% ou 100%).</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_028.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_028.2025.pdf</t>
   </si>
   <si>
     <t>REQUER à Exma. Sra. Prefeita Municipal que apresente informações referente às nomeações para comporem a Comissão Permanente de Avaliação de Estágio Probatório bem como, a Comissão Especial de Avaliação de Estágio Probatório, conforme dispõe a (Lei Complementar n° 001/2014 – Art. 11° e 21°) e suas alterações:_x000D_
 _x000D_
 ● Cópia das portarias de nomeações;_x000D_
 ● Informação sobre a forma de cálculo da gratificação, bem como o valor pago mensalmente individualmente aos membros que compõem as comissões.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_029.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_029.2025.pdf</t>
   </si>
   <si>
     <t>REQUER à Exma. Sra. Prefeita Municipal que apresente informações referentes às nomeações para ocuparem Função de Confiança, conforme dispõe a (Lei Complementar n° 002/2022) suas alterações e demais Funções que por ventura foram criadas por outras leis municipal e etc.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/849/requerimento_030.2025.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/849/requerimento_030.2025.pdf</t>
   </si>
   <si>
     <t>REQUER à Exma. Sra. Prefeita Municipal que apresente informações referente às nomeações para comporem a Comissão Sindicante bem como, a Comissão Processante, conforme dispõe a (Lei Complementar n° 003/2019 – Art. 25° e 26°) e suas alterações:_x000D_
 _x000D_
 ● Cópia das portarias de nomeações;_x000D_
 ● Informação sobre a forma de cálculo da gratificação, bem como o valor mensalmente pago individualmente aos membros que compõem as comissões.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>VETO APOSTO PELO PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/735/veto_001.2025_202504031.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/735/veto_001.2025_202504031.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei 003/2025, de autoria do Legislativo Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2485,68 +2485,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/694/proj._001.2025__-_reprogramacao_apae.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/695/proj._002.2025__-_subvencoes_apae_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/696/proj._003.2025__-_subvencao_lar_dos_vehos_sao_camilo_de_leles_buritama.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/697/proj.004.2025_-_doacao_material_de_construcao_familias_de_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/698/proj._005.2025-_doacao_de_cestas_basicas_familias_dee_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_007_2025_altera_valor_do_rpv_0001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/711/projeto_de_lei_008_2025_servidores_dirigir_carros_oficiais.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/715/projeto_executivo_009.2025_20250307.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/729/projeto_do_executivo_010.2025_20250328.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/751/proj._011.2025____-___ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/752/proj.__012.2025__-_lei_de_diretrizes_orcamentaria___-____ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/747/proj._013.2025_-_dispoe_sobre_alteracao_da_lei_municipal_no._027_2019_-_veiculos_abandonados_na_via_publica..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/748/proj._014.2025_-_dispoe_sobre_alteracao_do_anexo_iv_da_lc_002.2022_-_funcao_de_confianca.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/749/proj._0152025_cessao_de_equipamentos_do_municipio_para_geracao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/750/proj._016.2025_cria_programa_de_incentivo_a_industrializacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_ex.017.2025_20250602.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/768/projeto_de_lei_ex.018.2025_20250602.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/780/proj.019.2025___-_criacao_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/781/proj._020.2025__-convenio_com_tabeliao__protestos_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/796/proj._021.2025_-_reestruturacao_conselho_municipal_meio_ambiente_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/797/proj._022.2025_-_reestruturacao_fundo_municipal_meio_ambiente_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/801/proj_023.2025_-_prorrogacao_frente_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/802/proj_024.2025____honorarios_advocaticios.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/804/projeto_de_lei_no._025.2025_credito_adicional_suplementar_-_agosto_-_2025_r_5.195.00000.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_do_exec.027.2025_20250918.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei_028_2025_-_criacao_do_conselho_municipal_do_turismo_-_comtur.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_029_2025_-_ocupacao_do_solo_-_aterro_em_valas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_lei_do_exec.030.2025_202510011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/827/projeto_de_lei_do_exec.031.2025_20251001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/829/proj_032._2025-_lei_do_orcamento_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/832/proj__033_2025__credito_especial_r_200.00000__reforma_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_no_034.2025_-_altera_art._2_da_lei_55.2021_-_ateracao_de_destinacao_de_imoveis_-_implementacao_de_12_unidades_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/845/proj_035.2025_-_credito_adicional_especial_cultura_r_49.34928.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_exec.036.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/859/proj._037._2025_-_autoriza__mun.aderir_e_contribuir_mensalmente_com_a_adtr__agencia_de_desenvolvimento_do_turismo_regional_tiete_vivo_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/864/proj__038.2025__-_abono_natalino.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/700/projeto_de_lei_complementar_no_001.2025_20250210_194219.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/701/projeto_de_lei_comp.002.2025_20250206_094537.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/756/proj._l.c._003.2025_-_dispoe_sobre_alteracao_do_anexo_i_da_lc_002.2022_-_funcao_de_confianca_-_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_lei_comp.004.2025_20250512.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/779/proj._lc005_.2025_-_altera_nivel_de_escolaridade_da_funcao_gratificada_de_diretor_do_servico_de_compras..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/799/proj__l_c_006_2025__altera_ref_motoristas__equiparacao__referencias_salariais_1_a_8_ao_valor_de_r_1.51800.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/800/proj_l_c__007_2025__reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/803/proj_l_c_008_2025_reducao_jornada_e_alteracao_referencia_salarial_engenheiro_e_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lc_009_2025_-_atualiza_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_lei_complementar_no_010.2025_-_altera_nivel_de_escolaridade_-_secretario_municipal_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_complementar_no_011.2025_-_revoga_emprego_de_vigilante_-_lc_013_2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/860/proj_l._c._012.2025__-_altera_lei_complementar_municipal_006.2019_para_instituir_as_faltas_abonadas_saude.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/707/projeto_de_lei_do_legislativo_001.2025_20250210_162641.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_legislativo_no_002.2025_20250210_150507.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_do_legislativo_003.2025_20250307.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_do_legislativo_004.2025_20250328.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_do_legislativo_005.2025_20250328.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_do_legislativo_006.2025_20250328.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_007.2025_20250414.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_008.2025_20250414.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_009.2025_20250414.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/765/projeto_de_lei_do_leg.010.2025_20250526.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_de_lei_leg.011.2025_202509051.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/813/projeto_de_lei_leg.012.2025_20250905.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_do_leg.013.2025_20250905.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_lei_do_leg.014.2025_20250905.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_do_leg.015.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/819/projeto_de_lei_do_leg.016.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/833/projeto_de_lei_do_leg.017.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/841/projeto_de_lei_do_leg.018.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_do_leg.019.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_do_leg.020.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_decreto_001-2025_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/741/projeto_de_resolucao_001.2025_20250414.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_resolucao_002.2025_202504141.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/863/projeto_de_resolucao_n._004-2025_-_doacao_de_bens_moveis_para_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_001.2025-_alessandro_20250106_142317.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_002.2025-alessandro_20250107_135148.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_003.2025-douglas_20250107_140912.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/677/indicacao_004.2025-douglas_20250107_141735.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_005.2025_20250108_164019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_no_006.2025_20250110_155801.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_no_007.2025_20250110_152701.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_no_008.2025_20250110_153322.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_009.2025_20250110_154005.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_010.2025_20250110_105530.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_no_011.2025_20250113_105150.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/686/indicacao_no_012.2025_20250117_144242.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/687/indicacao_no_013.2025_20250117_144813.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_014.2025_20250116_104556.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_015.2025_20250123_140529.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_no_016.2025_20250123_100152.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_no_017.2025_20250123_100859.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/690/indicacao_no_018.2025_20250123_101949.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/693/indicacao_019.2025_20250123_141115.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/702/indicacao_020.2025_20250129_095254.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_021.2025_202502211.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_022.2025_202502211.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_no_023.2025_20250306.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_no_024.2025_20250306.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_025_.2025_20250307.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/719/indicacao_026.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_027.2028.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_028.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_029.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_030.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_031.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_032.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_033.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_034.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_035.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_036.2025_20250401.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_037.2025-leandro_20250410.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_038.2025_20250411.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_039.2025_20250412.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_040.2025-leandro_20250610.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/740/indicacao_041.2025_20250412.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/753/indicacao_042.2025_20250509.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_043.2025_20250509.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_044.2025_20250509.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_045.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_046.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_047.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_048.2025_20250529.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_050.2025_20250605.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_051.2025_20250605.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_052.2025_202506051.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_053.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_054.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/777/indicacao_055.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_056.2025_20250623.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_057.2025_20250624.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_058.2025_20250624.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_059.2025_20250624.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_060.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_061.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_062.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_063.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_064.2025_20250626.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/793/indicacao_065.2025_20250628.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_066.2025_20250628.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_067.2025_20250628.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/798/indicacao_068.2025_20250716.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_069.2025_202508221.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_070.2025_202508221.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_071.2025_202509051.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_072.2025_20250905.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/816/indicacao_073.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/817/indicacao_074.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_075.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_076.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_077.2025_202509261.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_078.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_079.2025_20251010.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_080.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_081.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_082.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_083.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_084.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_085.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_086.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_087.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_088.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_089.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_090.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_001.2025_20250114_131240.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_005.2025_20250204_140930.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_006.2025_20250204_130630.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_007.2025_20250204_141028.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/718/requerimento_010.2025_20250310.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/734/requerimento_011.2025_20250401.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_013.2025_20250509.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/762/requerimento_014.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/763/requerimento_015.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_016.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_017.2025_20250605.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/770/requerimento_018.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_019.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_020.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_021.2025_20250626.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_022.2025_20250908.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/835/requerimento_023.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/837/requerimento_024.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/838/requerimento_025.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/846/requerimento_027.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_028.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_029.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/849/requerimento_030.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/735/veto_001.2025_202504031.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/694/proj._001.2025__-_reprogramacao_apae.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/695/proj._002.2025__-_subvencoes_apae_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/696/proj._003.2025__-_subvencao_lar_dos_vehos_sao_camilo_de_leles_buritama.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/697/proj.004.2025_-_doacao_material_de_construcao_familias_de_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/698/proj._005.2025-_doacao_de_cestas_basicas_familias_dee_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/710/projeto_de_lei_007_2025_altera_valor_do_rpv_0001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/711/projeto_de_lei_008_2025_servidores_dirigir_carros_oficiais.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/715/projeto_executivo_009.2025_20250307.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/729/projeto_do_executivo_010.2025_20250328.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/751/proj._011.2025____-___ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/752/proj.__012.2025__-_lei_de_diretrizes_orcamentaria___-____ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/747/proj._013.2025_-_dispoe_sobre_alteracao_da_lei_municipal_no._027_2019_-_veiculos_abandonados_na_via_publica..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/748/proj._014.2025_-_dispoe_sobre_alteracao_do_anexo_iv_da_lc_002.2022_-_funcao_de_confianca.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/749/proj._0152025_cessao_de_equipamentos_do_municipio_para_geracao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/750/proj._016.2025_cria_programa_de_incentivo_a_industrializacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_ex.017.2025_20250602.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/768/projeto_de_lei_ex.018.2025_20250602.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/780/proj.019.2025___-_criacao_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/781/proj._020.2025__-convenio_com_tabeliao__protestos_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/796/proj._021.2025_-_reestruturacao_conselho_municipal_meio_ambiente_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/797/proj._022.2025_-_reestruturacao_fundo_municipal_meio_ambiente_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/801/proj_023.2025_-_prorrogacao_frente_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/802/proj_024.2025____honorarios_advocaticios.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/804/projeto_de_lei_no._025.2025_credito_adicional_suplementar_-_agosto_-_2025_r_5.195.00000.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/815/projeto_de_lei_do_exec.027.2025_20250918.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei_028_2025_-_criacao_do_conselho_municipal_do_turismo_-_comtur.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_029_2025_-_ocupacao_do_solo_-_aterro_em_valas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_lei_do_exec.030.2025_202510011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/827/projeto_de_lei_do_exec.031.2025_20251001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/829/proj_032._2025-_lei_do_orcamento_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/832/proj__033_2025__credito_especial_r_200.00000__reforma_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_no_034.2025_-_altera_art._2_da_lei_55.2021_-_ateracao_de_destinacao_de_imoveis_-_implementacao_de_12_unidades_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/845/proj_035.2025_-_credito_adicional_especial_cultura_r_49.34928.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_lei_exec.036.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/859/proj._037._2025_-_autoriza__mun.aderir_e_contribuir_mensalmente_com_a_adtr__agencia_de_desenvolvimento_do_turismo_regional_tiete_vivo_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/864/proj__038.2025__-_abono_natalino.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/700/projeto_de_lei_complementar_no_001.2025_20250210_194219.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/701/projeto_de_lei_comp.002.2025_20250206_094537.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/756/proj._l.c._003.2025_-_dispoe_sobre_alteracao_do_anexo_i_da_lc_002.2022_-_funcao_de_confianca_-_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_lei_comp.004.2025_20250512.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/779/proj._lc005_.2025_-_altera_nivel_de_escolaridade_da_funcao_gratificada_de_diretor_do_servico_de_compras..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/799/proj__l_c_006_2025__altera_ref_motoristas__equiparacao__referencias_salariais_1_a_8_ao_valor_de_r_1.51800.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/800/proj_l_c__007_2025__reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/803/proj_l_c_008_2025_reducao_jornada_e_alteracao_referencia_salarial_engenheiro_e_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lc_009_2025_-_atualiza_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_lei_complementar_no_010.2025_-_altera_nivel_de_escolaridade_-_secretario_municipal_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_complementar_no_011.2025_-_revoga_emprego_de_vigilante_-_lc_013_2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/860/proj_l._c._012.2025__-_altera_lei_complementar_municipal_006.2019_para_instituir_as_faltas_abonadas_saude.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/707/projeto_de_lei_do_legislativo_001.2025_20250210_162641.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_legislativo_no_002.2025_20250210_150507.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_do_legislativo_003.2025_20250307.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/730/projeto_de_lei_do_legislativo_004.2025_20250328.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_do_legislativo_005.2025_20250328.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_do_legislativo_006.2025_20250328.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/743/projeto_de_lei_007.2025_20250414.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/744/projeto_de_lei_008.2025_20250414.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_009.2025_20250414.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/765/projeto_de_lei_do_leg.010.2025_20250526.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/807/projeto_de_lei_leg.011.2025_202509051.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/813/projeto_de_lei_leg.012.2025_20250905.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_do_leg.013.2025_20250905.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/814/projeto_de_lei_do_leg.014.2025_20250905.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_do_leg.015.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/819/projeto_de_lei_do_leg.016.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/833/projeto_de_lei_do_leg.017.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/841/projeto_de_lei_do_leg.018.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_do_leg.019.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_do_leg.020.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_decreto_001-2025_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/741/projeto_de_resolucao_001.2025_20250414.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/742/projeto_de_resolucao_002.2025_202504141.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/863/projeto_de_resolucao_n._004-2025_-_doacao_de_bens_moveis_para_a_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_001.2025-_alessandro_20250106_142317.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_002.2025-alessandro_20250107_135148.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_003.2025-douglas_20250107_140912.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/677/indicacao_004.2025-douglas_20250107_141735.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_005.2025_20250108_164019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_no_006.2025_20250110_155801.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_no_007.2025_20250110_152701.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_no_008.2025_20250110_153322.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_009.2025_20250110_154005.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_010.2025_20250110_105530.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_no_011.2025_20250113_105150.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/686/indicacao_no_012.2025_20250117_144242.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/687/indicacao_no_013.2025_20250117_144813.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_014.2025_20250116_104556.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_015.2025_20250123_140529.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_no_016.2025_20250123_100152.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_no_017.2025_20250123_100859.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/690/indicacao_no_018.2025_20250123_101949.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/693/indicacao_019.2025_20250123_141115.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/702/indicacao_020.2025_20250129_095254.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_021.2025_202502211.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_022.2025_202502211.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_no_023.2025_20250306.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_no_024.2025_20250306.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_025_.2025_20250307.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/719/indicacao_026.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_027.2028.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_028.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_029.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_030.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_031.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_032.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_033.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_034.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_035.2025_20250326.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_036.2025_20250401.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_037.2025-leandro_20250410.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_038.2025_20250411.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_039.2025_20250412.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_040.2025-leandro_20250610.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/740/indicacao_041.2025_20250412.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/753/indicacao_042.2025_20250509.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_043.2025_20250509.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_044.2025_20250509.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_045.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_046.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_047.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_048.2025_20250529.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_050.2025_20250605.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_051.2025_20250605.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_052.2025_202506051.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_053.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_054.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/777/indicacao_055.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_056.2025_20250623.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_057.2025_20250624.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_058.2025_20250624.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_059.2025_20250624.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/790/indicacao_060.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_061.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_062.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/789/indicacao_063.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/792/indicacao_064.2025_20250626.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/793/indicacao_065.2025_20250628.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_066.2025_20250628.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_067.2025_20250628.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/798/indicacao_068.2025_20250716.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_069.2025_202508221.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_070.2025_202508221.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_071.2025_202509051.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_072.2025_20250905.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/816/indicacao_073.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/817/indicacao_074.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_075.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_076.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/825/indicacao_077.2025_202509261.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_078.2025_20250926.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_079.2025_20251010.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_080.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_081.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_082.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_083.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_084.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_085.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_086.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_087.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_088.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_089.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_090.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_001.2025_20250114_131240.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_005.2025_20250204_140930.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_006.2025_20250204_130630.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_007.2025_20250204_141028.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/718/requerimento_010.2025_20250310.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/734/requerimento_011.2025_20250401.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_013.2025_20250509.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/762/requerimento_014.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/763/requerimento_015.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_016.2025_20250524.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_017.2025_20250605.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/770/requerimento_018.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_019.2025_20250606.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_020.2025_20250625.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_021.2025_20250626.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_022.2025_20250908.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/835/requerimento_023.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/837/requerimento_024.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/838/requerimento_025.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/846/requerimento_027.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_028.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_029.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/849/requerimento_030.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2025/735/veto_001.2025_202504031.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="131" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="207.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>