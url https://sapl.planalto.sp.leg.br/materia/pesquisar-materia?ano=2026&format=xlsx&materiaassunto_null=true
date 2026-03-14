--- v0 (2026-01-20)
+++ v1 (2026-03-14)
@@ -10,194 +10,494 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="148">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/869/proj_001.2026__-_credito_adiconal_suplementar___r_200.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/869/proj_001.2026__-_credito_adiconal_suplementar___r_200.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/870/proj_002.2026___-_credito_especial_-_lagoa_de_mico_-_fid_r_1.000.00000.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/870/proj_002.2026___-_credito_especial_-_lagoa_de_mico_-_fid_r_1.000.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/871/projeto_de_lei_do_exec.003.2026.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/871/projeto_de_lei_do_exec.003.2026.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar.</t>
   </si>
   <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/874/proj._004.2026_-_subvencao_santa_casa_de_misericordia_de_jose_bonifacio.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização de concessão de repasses e subvenções sociais à entidade filantrópica que especifica, dando outras providências legais.</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/875/proj._005.2026_-_subvencoes_apae_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza concessão de repasses e subvenções sociais a entidade filantrópica que específica, dando outras providências legais.</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/876/proj._006.2026_-_subvencao_lar_dos_vehos_sao_camilo_de_leles_buritama.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza concessão de repasses e subvenção social ao Lar dos Velhos São Camilo de Leles, na cidade de Buritama - SP.</t>
+  </si>
+  <si>
+    <t>878</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/878/projeto_de_lei_007.2026_-_prioridade_de_atendimento_-_fibromialgia.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE PLANALTO-SP, A PRIORIDADE DE ATENDIMENTO ÀS PESSOAS COM FIBROMIALGIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/877/proj_lc_001_2026_-_ajustar_percentual_de_gratificacao_de_funcao_gratificada.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo IV da Lei Complementar 002, de 31 de março de 2022, para ajustar o percentual de gratificação de duas funções de confiança e dá outras providências.</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/880/projeto_de_lei_comp.002.2026.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO IV DA LEI COMPLEMENTAR 002, DE 31 DE MARÇO DE 2022, PARA AJUSTAR O PERCENTUAL DE GRATIFICAÇÃO DE UMA FUNÇÃO DE CONFIANÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/881/projeto_de_lei_comp.003.2026.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI GRATIFICAÇÃO DE DESEMPENHO E RESPONSABILIDADE TÉCNICA NO ÂMBITO DAS ATIVIDADES DE LICITAÇÃO E CONTRATAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>882</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/882/projeto_de_lc_004.2026_-_gratificacao_por_desempenho_-_saude.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI GRATIFICAÇÃO POR DESEMPENHO E RESPONSABILIDADE TÉCNICA NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>872</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/872/projeto_de_lei_do_leg._001.2026.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/872/projeto_de_lei_do_leg._001.2026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REPOSIÇÃO SALARIAL AOS SERVIDORES DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE PLANALTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/883/projeto_de_lei_leg.002.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Diário Oficial Eletrônico da Câmara Municipal de Planalto.</t>
+  </si>
+  <si>
     <t>866</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>DOUGLAS DE SOUZA PAULA, ALESSANDRO DE FALCHI BONFIM, JORGE LUIZ FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/866/indicacao_001.2026-douglas_alessandro_e_jorge.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/866/indicacao_001.2026-douglas_alessandro_e_jorge.pdf</t>
   </si>
   <si>
     <t>INDICAM à Exma. Sra. Prefeita Municipal que adote as providências necessárias para garantir a implantação do piso salarial profissional nacional a todos os professores da rede municipal de ensino, bem como a regulamentação local da Lei Federal n° 15.326/2026, garantindo aos servidores municipais por ela amparados o direito integral aos benefícios previstos, especialmente o direito ao piso salarial nacional do magistério e o devido enquadramento no plano de carreira.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>ELCIO FLAVIO MARTINS DE SÁ</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/867/indicacao_002.2026.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/867/indicacao_002.2026.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra. Prefeita municipal que intervenha junto à Secretaria de Esportes do município de PLanalto, para que seja feito um planejamento no sentido de que seja realizado acompanhamento odontológico, psicológico, cardiológico e fonoaudiológico às categorias que vão dos 07 (sete) aos 15 (quinze) anos de idade.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/868/indicacao_003.2026.pdf</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/868/indicacao_003.2026.pdf</t>
   </si>
   <si>
     <t>Indica à Exma.Sra.Prefeita Municipal que forneça Pilates, ao menos 2 (duas) vezes na semana aos munícipes que necessitam deste tratamento, haja vista que o município conta com profissionais habilitados em seu quadro de pessoal.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>DOUGLAS DE SOUZA PAULA</t>
   </si>
   <si>
-    <t>https://sapl.planalto.sp.leg.br/media/</t>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/873/indicacao_004.2026.pdf</t>
   </si>
   <si>
     <t>INDICA à Exma. Sra. Prefeita Municipal que adote as providencias necessárias para garantir, no âmbito do município de Planalto, a efetiva aplicação da Lei Complementar n° 226, de 12 de janeiro de 2026, que autoriza o pagamento retroativo de anuênios, triênios, quinquênios, sexta-parte, licença-prêmio e demais mecanismos equivalentes, correspondentes ao período compreendido entre 28 de maio de 2020 a 31 de dezembro de 2021.</t>
+  </si>
+  <si>
+    <t>879</t>
+  </si>
+  <si>
+    <t>ALESSANDRO DE FALCHI BONFIM</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/879/indicacao_005.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA à Excelentíssima Senhora Prefeita Municipal de Planalto, que determine ao setor competente a realização urgente de reparos básicos na rede hidráulica dos banheiros do Centro de Saúde do município.</t>
+  </si>
+  <si>
+    <t>884</t>
+  </si>
+  <si>
+    <t>WAGNER DA SILVA BAZALHA</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/884/indicacao_006.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Excelentíssima Senhora Prefeita Municipal de Planalto, que seja analisada a possibilidade de construção de um campo de maia ao lado da quadra da cidadania.</t>
+  </si>
+  <si>
+    <t>885</t>
+  </si>
+  <si>
+    <t>WAGNER DA SILVA BAZALHA, ELCIO FLAVIO MARTINS DE SÁ</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/885/indicacao_007.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM à Excelentíssima Senhora Prefeita Municipal de Planalto que seja realizada a construção de 02 (dois) portais de entrada na cidade, localizados nos principais acessos ao Município, como forma de valorização urbana e fortalecimento da identidade local.</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/886/indicacao_008.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM à Excelentíssima Senhora Prefeita Municipal de Planalto que seja realizada]o a recuperação, adequação e correção das valetas fundas existentes nas vias públicas do Município.</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/887/indicacao_009.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA à Exma. Sra. Prefeita Municipal que viabilize o cumprimento integral da Lei n°013/2021, de 18 de fevereiro de 2021, que "Institui o Programa Municipal de Auxílio Estudante, denominado — EDUCAÇÃO PARA TODOS — destinado a cursos universitários, cursos técnicos, tecnológicos e profissionalizantes e dá outras providências".</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/888/indicacao_010.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA à Exma. Sra. Prefeita Municipal que adote as medidas necessárias para a aquisição de uniformes escolares destinados a todos os alunos matriculados na rede municipal de ensino, para o ano letivo de 2026.</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>REGINA CÉLIA DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/889/indicacao_011.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se ao Poder Executivo Municipal a disponibilização de abafador de ruídos (protetor auricular) para atender pessoa com Transtorno do Espectro Autista (TEA), conforme assegurado na legislação vigente.</t>
+  </si>
+  <si>
+    <t>890</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/890/indic.012.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Excelentíssima Senhora Prefeita Municipal, que determine ao setor competente a implantação de canteiros centrais na Avenida Rio Branco, nos mesmos moldes dos já existentes na Avenida Rui Barbosa, bem como a conclusão das cinco quadras restantes da Avenida Rui Barbosa onde ainda não foram implantados os referidos canteiros centrais, assegurando-se, ainda, a devida manutenção dos mesmos.</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/891/indicacao_013.2026.pdf</t>
+  </si>
+  <si>
+    <t>indica à Excelentíssima Senhora Prefeita Municipal que determine ao setor competente a adoção de providências urgentes na Rua Pedro de Souza Brandão, especificamente na entrada da Fazenda Bela Vista, onde há a formação constante de uma poça de água e providencie também a reforma do canteiro ali existente.</t>
+  </si>
+  <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/892/indicacao_014.2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA à Exma. Sra. Prefeita Municipal que determine ao setor competente a realização de estudo de viabilidade jurídica, técnica, orçamentária e administrativa com o objetivo de aumentar a carga horária semanal de 1 (um) emprego de fisioterapeuta do quadro de servidores do município de Planalto / SP, passando de 20 horas semanais para 30 horas semanais e por consequência garantir o aumento proporcional da respectiva remuneração.</t>
+  </si>
+  <si>
+    <t>893</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/893/indicacao_015.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto que seja realizada a aquisição de um veículo 0 KM para a área da saúde, destinado ao apoio no transporte de pacientes, equipes e serviços de saúde do Município.</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/895/indicacao_016.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Exma.Sra.Prefeita Municipal, reiterando os pedidos contidos na Indicação 084/2025, que mobilize setor competente para realização de estudo técnico com vistas a assegurar que, com a definição do salário mínimo nacional, seja efetuada a adequação salarial de todos os servidores municipais que, porventura, estejam recebendo salário-base inferior ao salário mínimo no valor de R$ 1.620,00, definido pelo Governo Federal.</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>ALESSANDRO DE FALCHI BONFIM, DOUGLAS DE SOUZA PAULA, JORGE LUIZ FERREIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Indicam à Excelentíssima Senhora Prefeita Municipal, Rosimeire Barbosa Silvério, que determine ao setor competente a adoção de providências urgentes quanto à manutenção e regularização da iluminação pública do município, tendo em vista que diversos postes encontram-se sem iluminação em várias ruas da cidade.</t>
+  </si>
+  <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Indica à Excelentíssima Senhora Prefeita Municipal de Planalto, que seja analisada a possibilidade de retornar o atendimento 24 (vinte e quatro) horas no Posto de Saúde do município.</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Indico à Excelentíssima Senhora Prefeita Municipal de Planalto, que seja analisada a possibilidade de instalar ar-condicionado nos ônibus que realizam o transporte de estudantes até o sítio/zona rural do município.</t>
+  </si>
+  <si>
+    <t>894</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/894/requerimento_001.2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUER que seja oficiado o Poder Executivo Municipal, por intermédio da Excelentíssima Senhora Prefeita Municipal, para que preste informações detalhadas acerca das providências administrativas e normativas adotadas com vistas à regulamentação e à efetiva aplicação da Lei Complementar nº 226, de 12 de janeiro de 2026, popularmente conhecida como “Lei do Descongela”.</t>
+  </si>
+  <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/896/requerimento_002.2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUER que seja oficiado o Poder Executivo Municipal, por intermédio da Excelentíssima Senhora Prefeita Municipal, para que preste informação acerca da Portaria n° 007/2026, de 23 de janeiro de 2026 que “Dispõe sobre a designação de servidor público para exercer as atribuições de Auxiliar de Transporte de Gabinete e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -501,68 +801,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/869/proj_001.2026__-_credito_adiconal_suplementar___r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/870/proj_002.2026___-_credito_especial_-_lagoa_de_mico_-_fid_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/871/projeto_de_lei_do_exec.003.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/872/projeto_de_lei_do_leg._001.2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/866/indicacao_001.2026-douglas_alessandro_e_jorge.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/867/indicacao_002.2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/868/indicacao_003.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planalto.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/869/proj_001.2026__-_credito_adiconal_suplementar___r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/870/proj_002.2026___-_credito_especial_-_lagoa_de_mico_-_fid_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/871/projeto_de_lei_do_exec.003.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/874/proj._004.2026_-_subvencao_santa_casa_de_misericordia_de_jose_bonifacio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/875/proj._005.2026_-_subvencoes_apae_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/876/proj._006.2026_-_subvencao_lar_dos_vehos_sao_camilo_de_leles_buritama.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/878/projeto_de_lei_007.2026_-_prioridade_de_atendimento_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/877/proj_lc_001_2026_-_ajustar_percentual_de_gratificacao_de_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/880/projeto_de_lei_comp.002.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/881/projeto_de_lei_comp.003.2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/882/projeto_de_lc_004.2026_-_gratificacao_por_desempenho_-_saude.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/872/projeto_de_lei_do_leg._001.2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/883/projeto_de_lei_leg.002.2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/866/indicacao_001.2026-douglas_alessandro_e_jorge.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/867/indicacao_002.2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/868/indicacao_003.2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/873/indicacao_004.2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/879/indicacao_005.2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/884/indicacao_006.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/885/indicacao_007.2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/886/indicacao_008.2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/887/indicacao_009.2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/888/indicacao_010.2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/889/indicacao_011.2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/890/indic.012.2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/891/indicacao_013.2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/892/indicacao_014.2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/893/indicacao_015.2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/895/indicacao_016.2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/894/requerimento_001.2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.planalto.sp.leg.br/media/sapl/public/materialegislativa/2026/896/requerimento_002.2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="74" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="140" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -634,182 +934,884 @@
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B6" t="s">
-[...5 lines deleted...]
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>44</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
         <v>45</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="H9" t="s">
+      <c r="H10" t="s">
         <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" t="s">
+        <v>64</v>
+      </c>
+      <c r="E17" t="s">
+        <v>65</v>
+      </c>
+      <c r="F17" t="s">
+        <v>70</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" t="s">
+        <v>65</v>
+      </c>
+      <c r="F18" t="s">
+        <v>77</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" t="s">
+        <v>65</v>
+      </c>
+      <c r="F19" t="s">
+        <v>81</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" t="s">
+        <v>65</v>
+      </c>
+      <c r="F20" t="s">
+        <v>85</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>37</v>
+      </c>
+      <c r="D21" t="s">
+        <v>64</v>
+      </c>
+      <c r="E21" t="s">
+        <v>65</v>
+      </c>
+      <c r="F21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>93</v>
+      </c>
+      <c r="D22" t="s">
+        <v>64</v>
+      </c>
+      <c r="E22" t="s">
+        <v>65</v>
+      </c>
+      <c r="F22" t="s">
+        <v>89</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H22" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" t="s">
+        <v>64</v>
+      </c>
+      <c r="E23" t="s">
+        <v>65</v>
+      </c>
+      <c r="F23" t="s">
+        <v>77</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H23" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" t="s">
+        <v>64</v>
+      </c>
+      <c r="E24" t="s">
+        <v>65</v>
+      </c>
+      <c r="F24" t="s">
+        <v>77</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H24" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" t="s">
+        <v>65</v>
+      </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" t="s">
+        <v>64</v>
+      </c>
+      <c r="E26" t="s">
+        <v>65</v>
+      </c>
+      <c r="F26" t="s">
+        <v>106</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" t="s">
+        <v>65</v>
+      </c>
+      <c r="F27" t="s">
+        <v>106</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" t="s">
+        <v>64</v>
+      </c>
+      <c r="E28" t="s">
+        <v>65</v>
+      </c>
+      <c r="F28" t="s">
+        <v>77</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>64</v>
+      </c>
+      <c r="E29" t="s">
+        <v>65</v>
+      </c>
+      <c r="F29" t="s">
+        <v>89</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" t="s">
+        <v>64</v>
+      </c>
+      <c r="E30" t="s">
+        <v>65</v>
+      </c>
+      <c r="F30" t="s">
+        <v>77</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H30" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>130</v>
+      </c>
+      <c r="D31" t="s">
+        <v>64</v>
+      </c>
+      <c r="E31" t="s">
+        <v>65</v>
+      </c>
+      <c r="F31" t="s">
+        <v>131</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H31" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>134</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" t="s">
+        <v>64</v>
+      </c>
+      <c r="E32" t="s">
+        <v>65</v>
+      </c>
+      <c r="F32" t="s">
+        <v>85</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H32" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>138</v>
+      </c>
+      <c r="D33" t="s">
+        <v>64</v>
+      </c>
+      <c r="E33" t="s">
+        <v>65</v>
+      </c>
+      <c r="F33" t="s">
+        <v>85</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H33" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="s">
+        <v>141</v>
+      </c>
+      <c r="E34" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" t="s">
+        <v>77</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H34" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" t="s">
+        <v>141</v>
+      </c>
+      <c r="E35" t="s">
+        <v>142</v>
+      </c>
+      <c r="F35" t="s">
+        <v>77</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H35" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>